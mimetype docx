--- v0 (2025-12-25)
+++ v1 (2026-02-28)
@@ -187,1123 +187,1345 @@
             </w:r>
             <w:r w:rsidR="00347ACD">
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidR="004C262F">
               <w:t xml:space="preserve"> Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6939" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="337CD99B" w14:textId="04F91C17" w:rsidR="00BF6C44" w:rsidRPr="00643123" w:rsidRDefault="007204FC" w:rsidP="00F454D4">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00B14C87">
               <w:t>Einführungsveranstaltung</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F5862" w:rsidRPr="00BD61CD" w14:paraId="075C2B4E" w14:textId="77777777" w:rsidTr="00DB5A93">
+      <w:tr w:rsidR="0062708A" w:rsidRPr="00BD61CD" w14:paraId="1EEC6EF1" w14:textId="77777777" w:rsidTr="00DB5A93">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2405" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36F089D4" w14:textId="1E72906E" w:rsidR="000F5862" w:rsidRDefault="000F5862" w:rsidP="00DB5A93">
+          <w:p w14:paraId="444EC838" w14:textId="4E885B83" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t>Do</w:t>
-[...10 lines deleted...]
-            <w:r>
+              <w:t>Fr</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26D79">
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:r>
+              <w:t>20.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26D79">
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26D79">
+              <w:t>.20</w:t>
+            </w:r>
+            <w:r>
+              <w:t>26</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26D79">
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D26D79">
               <w:br/>
             </w:r>
             <w:r>
-              <w:t>16</w:t>
-[...14 lines deleted...]
-              <w:t>:30 Uhr</w:t>
+              <w:t>14:15 Uhr – 17:30 Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6939" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44E459F7" w14:textId="150C86A5" w:rsidR="000F5862" w:rsidRPr="00B5003F" w:rsidRDefault="000F5862" w:rsidP="00F454D4">
+          <w:p w14:paraId="19135EC4" w14:textId="77777777" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r>
-              <w:t>KU (Ort der Veranstaltung: Kunstakademie Münster, Zeichensaal)</w:t>
+            <w:r w:rsidRPr="00B5003F">
+              <w:t>Überfachliche Begleitveranstaltung</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> ausschließlich für PSS an den im Folgenden genannten Schulen (siehe auch 27.02.2026, 8:15 Uhr):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="113694A1" w14:textId="77777777" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
+            <w:pPr>
+              <w:pStyle w:val="Listenabsatz"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0062708A">
+              <w:t>100023</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0062708A">
+              <w:tab/>
+              <w:t>Gesamtschule Lengerich/Tecklenburg</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6774BF63" w14:textId="77777777" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
+            <w:pPr>
+              <w:pStyle w:val="Listenabsatz"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>168348</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+              <w:t>Städt. Gymnasium Borghorst</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="476C8E19" w14:textId="77777777" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
+            <w:pPr>
+              <w:pStyle w:val="Listenabsatz"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>168350</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+              <w:t xml:space="preserve">Städt. Gymnasium </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Arnoldinum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Europaschule</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D63F64B" w14:textId="39943344" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
+            <w:pPr>
+              <w:pStyle w:val="Listenabsatz"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0062708A">
+              <w:t>168427</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0062708A">
+              <w:tab/>
+              <w:t>Hannah-Arendt-Gymnasium Lengerich</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0012199C" w:rsidRPr="00BD61CD" w14:paraId="610A00F5" w14:textId="77777777" w:rsidTr="00DB5A93">
+      <w:tr w:rsidR="0062708A" w:rsidRPr="00BD61CD" w14:paraId="075C2B4E" w14:textId="77777777" w:rsidTr="00DB5A93">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2405" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26CBD108" w14:textId="5327DC71" w:rsidR="0012199C" w:rsidRDefault="0004768C" w:rsidP="00DB5A93">
+          <w:p w14:paraId="36F089D4" w14:textId="1E72906E" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_Hlk120013822"/>
-[...1 lines deleted...]
-              <w:t>Fr., 27.02.2026</w:t>
+            <w:r>
+              <w:t>Do., 26.02.2026</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:br/>
-              <w:t>08:15 Uhr – 11:30 Uhr</w:t>
+              <w:t>16:30 Uhr – 18:30 Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6939" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="741EEA28" w14:textId="3875F934" w:rsidR="0012199C" w:rsidRPr="00BD61CD" w:rsidRDefault="00B5003F" w:rsidP="00F454D4">
+          <w:p w14:paraId="44E459F7" w14:textId="150C86A5" w:rsidR="0062708A" w:rsidRPr="00B5003F" w:rsidRDefault="0062708A" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="00B5003F">
-              <w:t>Überfachliche Begleitveranstaltung</w:t>
+            <w:r>
+              <w:t>KU (Ort der Veranstaltung: Kunstakademie Münster, Zeichensaal)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0012199C" w14:paraId="01DB0F20" w14:textId="77777777" w:rsidTr="00DB5A93">
+      <w:tr w:rsidR="0062708A" w:rsidRPr="00BD61CD" w14:paraId="610A00F5" w14:textId="77777777" w:rsidTr="00DB5A93">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2405" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="081A1060" w14:textId="354B79F7" w:rsidR="0012199C" w:rsidRDefault="0004768C" w:rsidP="00DB5A93">
+          <w:p w14:paraId="26CBD108" w14:textId="5327DC71" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk120013822"/>
             <w:r>
               <w:t>Fr., 27.02.2026</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:br/>
-              <w:t>12:15 Uhr – 15:30 Uhr</w:t>
+              <w:t>08:15 Uhr – 11:30 Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6939" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AF2DB7C" w14:textId="2A879B59" w:rsidR="0012199C" w:rsidRDefault="00B5003F" w:rsidP="00F454D4">
+          <w:p w14:paraId="741EEA28" w14:textId="0BA61793" w:rsidR="0062708A" w:rsidRPr="00BD61CD" w:rsidRDefault="0062708A" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="_Hlk216167128"/>
-[...23 lines deleted...]
-              <w:t>, EK, M, PL, S, SW</w:t>
+            <w:r w:rsidRPr="00B5003F">
+              <w:t>Überfachliche Begleitveranstaltung</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> für alle PSS mit Ausnahme der am 20.02.2026 um 14:15 Uhr genannten Schulen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="0"/>
-      <w:tr w:rsidR="00D56FFE" w14:paraId="5D140F47" w14:textId="77777777" w:rsidTr="00DB5A93">
+      <w:tr w:rsidR="0062708A" w14:paraId="01DB0F20" w14:textId="77777777" w:rsidTr="00DB5A93">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2405" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77BF6B68" w14:textId="2DCC6F5B" w:rsidR="00D56FFE" w:rsidRDefault="00D56FFE" w:rsidP="00DB5A93">
+          <w:p w14:paraId="081A1060" w14:textId="354B79F7" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Fr., </w:t>
-[...14 lines deleted...]
-              <w:t>6</w:t>
+              <w:t>Fr., 27.02.2026</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:br/>
-              <w:t>08:15 Uhr – 11:30 Uhr</w:t>
+              <w:t>12:15 Uhr – 15:30 Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6939" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05886840" w14:textId="40D7D15F" w:rsidR="00D56FFE" w:rsidRDefault="00B5003F" w:rsidP="00F454D4">
+          <w:p w14:paraId="6AF2DB7C" w14:textId="1A5AB210" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="_Hlk215486575"/>
-[...15 lines deleted...]
-            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkStart w:id="1" w:name="_Hlk216167128"/>
+            <w:r>
+              <w:t>D (mit Zweitfach BI, E, GE, KR, MU, N)</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r>
+              <w:t>, EK, M, PL, S</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D56FFE" w14:paraId="6266E7C5" w14:textId="77777777" w:rsidTr="00DB5A93">
+      <w:tr w:rsidR="00717074" w14:paraId="45E68210" w14:textId="77777777" w:rsidTr="00DB5A93">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2405" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05559544" w14:textId="1A21A414" w:rsidR="00D56FFE" w:rsidRDefault="00D56FFE" w:rsidP="00DB5A93">
+          <w:p w14:paraId="44F2D0AB" w14:textId="0DB4CA88" w:rsidR="00717074" w:rsidRDefault="00717074" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Fr., </w:t>
-[...14 lines deleted...]
-              <w:t>6</w:t>
+              <w:t>Di., 03.03.2026</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:br/>
               <w:t>12:15 Uhr – 15:30 Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6939" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F4C04F4" w14:textId="6A24A0C3" w:rsidR="00D56FFE" w:rsidRPr="00E56938" w:rsidRDefault="00B5003F" w:rsidP="00BE26C2">
+          <w:p w14:paraId="323C1460" w14:textId="5261E0B6" w:rsidR="00717074" w:rsidRPr="00B5003F" w:rsidRDefault="00717074" w:rsidP="0062708A">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>SW</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="0"/>
+      <w:tr w:rsidR="0062708A" w14:paraId="5D140F47" w14:textId="77777777" w:rsidTr="00DB5A93">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2405" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77BF6B68" w14:textId="2DCC6F5B" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Fr., 06.03.2026</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:br/>
+              <w:t>08:15 Uhr – 11:30 Uhr</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6939" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05886840" w14:textId="0BD32881" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="_Hlk215486575"/>
+            <w:r w:rsidRPr="00B5003F">
+              <w:t>E</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (mit Zweitfach BI, GE, S, SW)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B5003F">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">IF, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B5003F">
+              <w:t>MU</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="2"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0062708A" w14:paraId="6266E7C5" w14:textId="77777777" w:rsidTr="00DB5A93">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2405" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05559544" w14:textId="1A21A414" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Fr., 06.03.2026</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:br/>
+              <w:t>12:15 Uhr – 15:30 Uhr</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6939" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F4C04F4" w14:textId="6A24A0C3" w:rsidR="0062708A" w:rsidRPr="00E56938" w:rsidRDefault="0062708A" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="_Hlk215486607"/>
             <w:r w:rsidRPr="00B5003F">
               <w:t xml:space="preserve">BI, </w:t>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="_Hlk216167155"/>
             <w:r w:rsidRPr="00B5003F">
               <w:t>D</w:t>
             </w:r>
-            <w:r w:rsidR="007B2F3A">
-[...15 lines deleted...]
-              <w:t>)</w:t>
+            <w:r>
+              <w:t xml:space="preserve"> (mit Zweitfach EK, PA, PL, S, SW)</w:t>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
             <w:r w:rsidRPr="00B5003F">
               <w:t>, E</w:t>
             </w:r>
-            <w:r w:rsidR="008027DA">
+            <w:r>
               <w:t xml:space="preserve"> (mit Zweitfach D, EK, KR, MU, PA, SP)</w:t>
             </w:r>
             <w:r w:rsidRPr="00B5003F">
               <w:t>, GE, N, PH</w:t>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B80FB8" w14:paraId="23223474" w14:textId="77777777" w:rsidTr="00DB5A93">
+      <w:tr w:rsidR="00255DB1" w14:paraId="74054580" w14:textId="77777777" w:rsidTr="00DB5A93">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="474"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2405" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="119C9FE9" w14:textId="01FC8DE1" w:rsidR="00B80FB8" w:rsidRDefault="00B80FB8" w:rsidP="00DB5A93">
+          <w:p w14:paraId="726C1EF7" w14:textId="31EB962E" w:rsidR="00255DB1" w:rsidRDefault="00255DB1" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Fr., </w:t>
-[...7 lines deleted...]
-            <w:r w:rsidR="00EB70AB">
+              <w:t xml:space="preserve">Di., </w:t>
+            </w:r>
+            <w:r w:rsidR="005B5BCE">
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.03.2026</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:br/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="005B5BCE">
               <w:t>3</w:t>
             </w:r>
             <w:r>
-              <w:t>.202</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00EB70AB">
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="005B5BCE">
+              <w:t>00</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Uhr – 1</w:t>
+            </w:r>
+            <w:r w:rsidR="005B5BCE">
               <w:t>6</w:t>
             </w:r>
             <w:r>
-              <w:tab/>
-[...3 lines deleted...]
-              <w:t>08:15 Uhr – 11:30 Uhr</w:t>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="005B5BCE">
+              <w:t>15</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6939" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40AF60D2" w14:textId="329FEAE1" w:rsidR="00B80FB8" w:rsidRPr="00E56938" w:rsidRDefault="00EB70AB" w:rsidP="00F454D4">
+          <w:p w14:paraId="38ECEB22" w14:textId="58A0A7C6" w:rsidR="00255DB1" w:rsidRDefault="00255DB1" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="00E56938">
-              <w:t>Ausweichtermin</w:t>
+            <w:r>
+              <w:t>CH</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B80FB8" w:rsidRPr="00366CC9" w14:paraId="0072B489" w14:textId="77777777" w:rsidTr="00DB5A93">
+      <w:tr w:rsidR="0062708A" w14:paraId="23223474" w14:textId="77777777" w:rsidTr="00DB5A93">
         <w:trPr>
           <w:cantSplit/>
+          <w:trHeight w:val="474"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2405" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="724309A6" w14:textId="14A40331" w:rsidR="00B80FB8" w:rsidRDefault="00B80FB8" w:rsidP="00DB5A93">
+          <w:p w14:paraId="119C9FE9" w14:textId="01FC8DE1" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Fr., </w:t>
-[...14 lines deleted...]
-              <w:t>6</w:t>
+              <w:t>Fr., 13.03.2026</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:br/>
-              <w:t>12:15 Uhr – 15:30 Uhr</w:t>
+              <w:t>08:15 Uhr – 11:30 Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6939" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10D61866" w14:textId="68B59F6B" w:rsidR="00B80FB8" w:rsidRPr="00E56938" w:rsidRDefault="00922364" w:rsidP="00F454D4">
+          <w:p w14:paraId="40AF60D2" w14:textId="127799D4" w:rsidR="0062708A" w:rsidRPr="00E56938" w:rsidRDefault="00421596" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>SP</w:t>
+              <w:t>PA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A6E3A" w14:paraId="1A79CAE4" w14:textId="77777777" w:rsidTr="00DB5A93">
+      <w:tr w:rsidR="0062708A" w:rsidRPr="00366CC9" w14:paraId="0072B489" w14:textId="77777777" w:rsidTr="00DB5A93">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2405" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1119D8CE" w14:textId="0A470F1F" w:rsidR="002A6E3A" w:rsidRDefault="002A6E3A" w:rsidP="00DB5A93">
+          <w:p w14:paraId="724309A6" w14:textId="14A40331" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Do., </w:t>
-[...11 lines deleted...]
-              <w:t>.2026</w:t>
+              <w:t>Fr., 13.03.2026</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:br/>
-              <w:t>16:30 Uhr – 18:30 Uhr</w:t>
+              <w:t>12:15 Uhr – 15:30 Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6939" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="279F046E" w14:textId="2F9CF722" w:rsidR="002A6E3A" w:rsidRDefault="002A6E3A" w:rsidP="00F454D4">
+          <w:p w14:paraId="10D61866" w14:textId="241B84F9" w:rsidR="0062708A" w:rsidRPr="00E56938" w:rsidRDefault="00651B7D" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>KU (Ort der Veranstaltung: Kunstakademie Münster, Zeichensaal)</w:t>
+              <w:t xml:space="preserve">KR, </w:t>
+            </w:r>
+            <w:r w:rsidR="0062708A">
+              <w:t>SP</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D3969" w14:paraId="6D9392E9" w14:textId="77777777" w:rsidTr="00DB5A93">
+      <w:tr w:rsidR="0062708A" w14:paraId="1A79CAE4" w14:textId="77777777" w:rsidTr="00DB5A93">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2405" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E5FB5A5" w14:textId="76C11063" w:rsidR="005D3969" w:rsidRDefault="001076E3" w:rsidP="00DB5A93">
+          <w:p w14:paraId="1119D8CE" w14:textId="0A470F1F" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t>Fr., 17.04.2026</w:t>
+              <w:t>Do., 19.03.2026</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:br/>
-              <w:t>08:15 Uhr – 11:30 Uhr</w:t>
+              <w:t>16:30 Uhr – 18:30 Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6939" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68C8773F" w14:textId="131EFF00" w:rsidR="005D3969" w:rsidRPr="00E56938" w:rsidRDefault="00F106DD" w:rsidP="00F454D4">
+          <w:p w14:paraId="279F046E" w14:textId="2F9CF722" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Überfachliche </w:t>
-[...2 lines deleted...]
-              <w:t>Begleitveranstaltung</w:t>
+              <w:t>KU (Ort der Veranstaltung: Kunstakademie Münster, Zeichensaal)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F106DD" w14:paraId="56A5B17B" w14:textId="77777777" w:rsidTr="00DB5A93">
+      <w:tr w:rsidR="0062708A" w14:paraId="6D9392E9" w14:textId="77777777" w:rsidTr="00DB5A93">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2405" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DABF92B" w14:textId="250C8F75" w:rsidR="00F106DD" w:rsidRDefault="00F106DD" w:rsidP="00DB5A93">
+          <w:p w14:paraId="6E5FB5A5" w14:textId="76C11063" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Fr., 17.04.2026</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:br/>
-              <w:t>12:15 Uhr – 15:30 Uhr</w:t>
+              <w:t>08:15 Uhr – 11:30 Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6939" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6982B6A4" w14:textId="0BE69264" w:rsidR="00F106DD" w:rsidRPr="001D2350" w:rsidRDefault="00926355" w:rsidP="00F454D4">
+          <w:p w14:paraId="68C8773F" w14:textId="131EFF00" w:rsidR="0062708A" w:rsidRPr="00E56938" w:rsidRDefault="0062708A" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>D (mit Zweitfach BI, E, GE, KR, MU, N), EK, M, PL, S, SW</w:t>
+              <w:t xml:space="preserve">Überfachliche </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F27A6F">
+              <w:t>Begleitveranstaltung</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0030356C" w14:paraId="7D624A23" w14:textId="77777777" w:rsidTr="00DB5A93">
+      <w:tr w:rsidR="0062708A" w14:paraId="56A5B17B" w14:textId="77777777" w:rsidTr="00DB5A93">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2405" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DB623CB" w14:textId="24351F1E" w:rsidR="0030356C" w:rsidRDefault="0030356C" w:rsidP="00DB5A93">
+          <w:p w14:paraId="1DABF92B" w14:textId="250C8F75" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Do., </w:t>
-[...11 lines deleted...]
-              <w:t>.2026</w:t>
+              <w:t>Fr., 17.04.2026</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:br/>
-              <w:t>16:30 Uhr – 18:30 Uhr</w:t>
+              <w:t>12:15 Uhr – 15:30 Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6939" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F87F22B" w14:textId="3EC31DD8" w:rsidR="0030356C" w:rsidRPr="005173BC" w:rsidRDefault="0030356C" w:rsidP="00F454D4">
+          <w:p w14:paraId="6982B6A4" w14:textId="563DD278" w:rsidR="001C4BC6" w:rsidRPr="001C4BC6" w:rsidRDefault="0062708A" w:rsidP="001C4BC6">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>KU (Ort der Veranstaltung: Kunstakademie Münster, Zeichensaal)</w:t>
+              <w:t>D (mit Zweitfach BI, E, GE, KR, MU, N), EK, M, PL, S, SW</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F106DD" w14:paraId="24B5807C" w14:textId="77777777" w:rsidTr="00DB5A93">
+      <w:tr w:rsidR="0062708A" w14:paraId="7D624A23" w14:textId="77777777" w:rsidTr="00DB5A93">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2405" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68A2293B" w14:textId="7DFF31C1" w:rsidR="00F106DD" w:rsidRDefault="00F106DD" w:rsidP="00DB5A93">
+          <w:p w14:paraId="4DB623CB" w14:textId="24351F1E" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t>Fr., 08.05.2026</w:t>
+              <w:t>Do., 23.04.2026</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:br/>
-              <w:t>08:15 Uhr – 11:30 Uhr</w:t>
+              <w:t>16:30 Uhr – 18:30 Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6939" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3014B020" w14:textId="3EF7719B" w:rsidR="00F106DD" w:rsidRPr="001D2350" w:rsidRDefault="005173BC" w:rsidP="00F454D4">
+          <w:p w14:paraId="5F87F22B" w14:textId="1CC028F3" w:rsidR="001C4BC6" w:rsidRPr="001C4BC6" w:rsidRDefault="0062708A" w:rsidP="001C4BC6">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="005173BC">
-              <w:t>CH, E (mit Zweitfach BI, GE, S, SW), IF, KR, MU, PA, SP</w:t>
+            <w:r>
+              <w:t>KU (Ort der Veranstaltung: Kunstakademie Münster, Zeichensaal)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F106DD" w14:paraId="65A01CED" w14:textId="77777777" w:rsidTr="00DB5A93">
+      <w:tr w:rsidR="004F3802" w14:paraId="5C36BC80" w14:textId="77777777" w:rsidTr="00DB5A93">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2405" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FE28861" w14:textId="2226012C" w:rsidR="00F106DD" w:rsidRDefault="00F106DD" w:rsidP="00DB5A93">
+          <w:p w14:paraId="6D9DD759" w14:textId="17E560CA" w:rsidR="004F3802" w:rsidRDefault="004F3802" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t>Fr., 08.05.2026</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>Di</w:t>
+            </w:r>
+            <w:r>
+              <w:t>., 0</w:t>
+            </w:r>
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.05.2026</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:br/>
-              <w:t>12:15 Uhr – 15:30 Uhr</w:t>
+            </w:r>
+            <w:r>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Uhr – 1</w:t>
+            </w:r>
+            <w:r>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:t>45</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6939" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7096D617" w14:textId="5E3A245F" w:rsidR="00F106DD" w:rsidRPr="001D2350" w:rsidRDefault="00BE26C2" w:rsidP="00F454D4">
+          <w:p w14:paraId="5B5B64CC" w14:textId="1555E450" w:rsidR="004F3802" w:rsidRPr="005173BC" w:rsidRDefault="004F3802" w:rsidP="00717074">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="00BE26C2">
-              <w:t>BI, D (mit Zweitfach EK, PA, PL, S, SW), E (mit Zweitfach D, EK, KR, MU, PA, SP), GE, N, PH</w:t>
+            <w:r>
+              <w:t>SP</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F106DD" w14:paraId="76163929" w14:textId="77777777" w:rsidTr="00DB5A93">
+      <w:tr w:rsidR="0062708A" w14:paraId="24B5807C" w14:textId="77777777" w:rsidTr="00DB5A93">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2405" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D292B59" w14:textId="21794EB0" w:rsidR="00F106DD" w:rsidRDefault="00F106DD" w:rsidP="00DB5A93">
+          <w:p w14:paraId="68A2293B" w14:textId="7DFF31C1" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t>Fr., 29.05.2026</w:t>
+              <w:t>Fr., 08.05.2026</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:br/>
               <w:t>08:15 Uhr – 11:30 Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6939" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F70D133" w14:textId="166ED633" w:rsidR="00F106DD" w:rsidRPr="001D2350" w:rsidRDefault="00F106DD" w:rsidP="00F454D4">
+          <w:p w14:paraId="3014B020" w14:textId="3770CBA4" w:rsidR="00717074" w:rsidRPr="00717074" w:rsidRDefault="0062708A" w:rsidP="00717074">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r>
-              <w:t>Ausweichtermin</w:t>
+            <w:r w:rsidRPr="005173BC">
+              <w:t>CH, E (mit Zweitfach BI, GE, S, SW), IF, MU, PA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F106DD" w14:paraId="53FF8F1A" w14:textId="77777777" w:rsidTr="00DB5A93">
+      <w:tr w:rsidR="0062708A" w14:paraId="65A01CED" w14:textId="77777777" w:rsidTr="00DB5A93">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2405" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F449CBE" w14:textId="69B517C0" w:rsidR="00F106DD" w:rsidRDefault="00F106DD" w:rsidP="00DB5A93">
+          <w:p w14:paraId="3FE28861" w14:textId="2226012C" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t>Fr., 29.05.2026</w:t>
+              <w:t>Fr., 08.05.2026</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:br/>
               <w:t>12:15 Uhr – 15:30 Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6939" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="463E02D5" w14:textId="0BBF8CBB" w:rsidR="00F106DD" w:rsidRDefault="00F106DD" w:rsidP="00F454D4">
+          <w:p w14:paraId="7096D617" w14:textId="326E4D5A" w:rsidR="0062708A" w:rsidRPr="001D2350" w:rsidRDefault="0062708A" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r>
-              <w:t>Ausweichtermin</w:t>
+            <w:r w:rsidRPr="00BE26C2">
+              <w:t>BI</w:t>
+            </w:r>
+            <w:r w:rsidR="00781DFF">
+              <w:t xml:space="preserve"> (u.a. mit Zweitfach PL, SP, …)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE26C2">
+              <w:t>, D (mit Zweitfach EK, PA, PL, S, SW), E (mit Zweitfach D, EK, KR, MU, PA, SP), GE, N, PH</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F106DD" w:rsidRPr="001469E4" w14:paraId="4BE8E2AE" w14:textId="77777777" w:rsidTr="00DB5A93">
+      <w:tr w:rsidR="0062708A" w14:paraId="76163929" w14:textId="77777777" w:rsidTr="00DB5A93">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2405" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E21BD9A" w14:textId="52B1FB80" w:rsidR="00F106DD" w:rsidRDefault="00F106DD" w:rsidP="00DB5A93">
+          <w:p w14:paraId="5D292B59" w14:textId="21794EB0" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t>Fr., 12.06.2026</w:t>
+              <w:t>Fr., 29.05.2026</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:br/>
               <w:t>08:15 Uhr – 11:30 Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6939" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F7378AA" w14:textId="4E869256" w:rsidR="00F106DD" w:rsidRPr="001469E4" w:rsidRDefault="00F106DD" w:rsidP="00F454D4">
+          <w:p w14:paraId="0F70D133" w14:textId="166ED633" w:rsidR="0062708A" w:rsidRPr="001D2350" w:rsidRDefault="0062708A" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Überfachliche </w:t>
-[...2 lines deleted...]
-              <w:t>Begleitveranstaltung</w:t>
+              <w:t>Ausweichtermin</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F106DD" w14:paraId="1C6B1576" w14:textId="77777777" w:rsidTr="00DB5A93">
+      <w:tr w:rsidR="0062708A" w14:paraId="53FF8F1A" w14:textId="77777777" w:rsidTr="00DB5A93">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2405" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="404D0DA5" w14:textId="4246F744" w:rsidR="00F106DD" w:rsidRDefault="00F106DD" w:rsidP="00DB5A93">
+          <w:p w14:paraId="3F449CBE" w14:textId="69B517C0" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
-              <w:t>Fr., 12.06.2026</w:t>
+              <w:t>Fr., 29.05.2026</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:br/>
               <w:t>12:15 Uhr – 15:30 Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6939" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67114403" w14:textId="7A4068F5" w:rsidR="00F106DD" w:rsidRDefault="00926355" w:rsidP="00F454D4">
+          <w:p w14:paraId="463E02D5" w14:textId="60D708AE" w:rsidR="0062708A" w:rsidRDefault="00781DFF" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>D (mit Zweitfach BI, E, GE, KR, MU, N), EK, M, PL, S, SW</w:t>
+              <w:t xml:space="preserve">BI (u.a. mit Zweitfach CH, EK, PA, SW, …), </w:t>
+            </w:r>
+            <w:r w:rsidR="00C45A62">
+              <w:t>KR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F106DD" w14:paraId="70D607CE" w14:textId="77777777" w:rsidTr="00DB5A93">
+      <w:tr w:rsidR="0062708A" w:rsidRPr="001469E4" w14:paraId="4BE8E2AE" w14:textId="77777777" w:rsidTr="00DB5A93">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2405" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="532318B2" w14:textId="1530CA5A" w:rsidR="00F106DD" w:rsidRDefault="00F106DD" w:rsidP="00DB5A93">
+          <w:p w14:paraId="0E21BD9A" w14:textId="52B1FB80" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t>Fr., 19.06.2026</w:t>
+              <w:t>Fr., 12.06.2026</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:br/>
               <w:t>08:15 Uhr – 11:30 Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6939" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="047753C9" w14:textId="4C71910D" w:rsidR="00F106DD" w:rsidRDefault="005173BC" w:rsidP="00F454D4">
+          <w:p w14:paraId="3F7378AA" w14:textId="4E869256" w:rsidR="0062708A" w:rsidRPr="001469E4" w:rsidRDefault="0062708A" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="005173BC">
-              <w:t>CH, E (mit Zweitfach BI, GE, S, SW), IF, KR, MU, PA, SP</w:t>
+            <w:r>
+              <w:t xml:space="preserve">Überfachliche </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F27A6F">
+              <w:t>Begleitveranstaltung</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F106DD" w14:paraId="6D13A593" w14:textId="77777777" w:rsidTr="00DB5A93">
+      <w:tr w:rsidR="0062708A" w14:paraId="1C6B1576" w14:textId="77777777" w:rsidTr="00DB5A93">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2405" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6344DC76" w14:textId="341956D1" w:rsidR="00F106DD" w:rsidRDefault="00F106DD" w:rsidP="00DB5A93">
+          <w:p w14:paraId="404D0DA5" w14:textId="4246F744" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t>Fr., 19.06.2026</w:t>
+              <w:t>Fr., 12.06.2026</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:br/>
               <w:t>12:15 Uhr – 15:30 Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6939" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63CA906E" w14:textId="4FDA581E" w:rsidR="00F106DD" w:rsidRDefault="00BE26C2" w:rsidP="00F454D4">
+          <w:p w14:paraId="67114403" w14:textId="7A4068F5" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="00BE26C2">
-              <w:t>BI, D (mit Zweitfach EK, PA, PL, S, SW), E (mit Zweitfach D, EK, KR, MU, PA, SP), GE, N, PH</w:t>
+            <w:r>
+              <w:t>D (mit Zweitfach BI, E, GE, KR, MU, N), EK, M, PL, S, SW</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F106DD" w14:paraId="1BBBBC4E" w14:textId="77777777" w:rsidTr="00DB5A93">
+      <w:tr w:rsidR="0062708A" w14:paraId="70D607CE" w14:textId="77777777" w:rsidTr="00DB5A93">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2405" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="498F722F" w14:textId="19E31E30" w:rsidR="00F106DD" w:rsidRDefault="00F106DD" w:rsidP="00DB5A93">
+          <w:p w14:paraId="532318B2" w14:textId="1530CA5A" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t>Fr., 26.06.2026</w:t>
+              <w:t>Fr., 19.06.2026</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:br/>
               <w:t>08:15 Uhr – 11:30 Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6939" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F1C4CD1" w14:textId="5E8E2A23" w:rsidR="00F106DD" w:rsidRDefault="00F106DD" w:rsidP="00F454D4">
+          <w:p w14:paraId="047753C9" w14:textId="1D697D11" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r>
-              <w:t>Ausweichtermin</w:t>
+            <w:r w:rsidRPr="005173BC">
+              <w:t>CH, E (mit Zweitfach BI, GE, S, SW), IF, KR</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED4EA0">
+              <w:t xml:space="preserve"> (wird voraussichtlich verlegt)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005173BC">
+              <w:t>, MU, PA, SP</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F106DD" w14:paraId="72D95367" w14:textId="77777777" w:rsidTr="00DB5A93">
+      <w:tr w:rsidR="0062708A" w14:paraId="6D13A593" w14:textId="77777777" w:rsidTr="00DB5A93">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2405" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C33AFAA" w14:textId="2C9D077D" w:rsidR="00F106DD" w:rsidRDefault="00F106DD" w:rsidP="00DB5A93">
+          <w:p w14:paraId="6344DC76" w14:textId="341956D1" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t>Fr., 26.06.2026</w:t>
+              <w:t>Fr., 19.06.2026</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:br/>
               <w:t>12:15 Uhr – 15:30 Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6939" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35E6D07E" w14:textId="0F60F2DF" w:rsidR="00F106DD" w:rsidRDefault="00F106DD" w:rsidP="00F454D4">
+          <w:p w14:paraId="63CA906E" w14:textId="4FDA581E" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE26C2">
+              <w:t>BI, D (mit Zweitfach EK, PA, PL, S, SW), E (mit Zweitfach D, EK, KR, MU, PA, SP), GE, N, PH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0062708A" w14:paraId="1BBBBC4E" w14:textId="77777777" w:rsidTr="00DB5A93">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2405" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="498F722F" w14:textId="19E31E30" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Fr., 26.06.2026</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:br/>
+              <w:t>08:15 Uhr – 11:30 Uhr</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6939" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F1C4CD1" w14:textId="5E8E2A23" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Ausweichtermin</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0062708A" w14:paraId="72D95367" w14:textId="77777777" w:rsidTr="00DB5A93">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2405" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C33AFAA" w14:textId="2C9D077D" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Fr., 26.06.2026</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:br/>
+              <w:t>12:15 Uhr – 15:30 Uhr</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6939" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35E6D07E" w14:textId="0F60F2DF" w:rsidR="0062708A" w:rsidRDefault="0062708A" w:rsidP="0062708A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Ausweichtermin</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3A1BE5E5" w14:textId="7E7D4343" w:rsidR="00A022F1" w:rsidRDefault="00A022F1">
       <w:pPr>
         <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D0FE75F" w14:textId="5DB3C2A4" w:rsidR="00BD708A" w:rsidRDefault="00BD708A" w:rsidP="00BB1A16">
       <w:r>
         <w:t>Als Praxissemesterstudierende*r nehmen Sie a</w:t>
       </w:r>
       <w:r w:rsidR="00C42D09">
         <w:t>n der Einführungsveranstaltung</w:t>
       </w:r>
       <w:r>
@@ -1662,53 +1884,55 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A067A8" w14:paraId="226442DA" w14:textId="77777777" w:rsidTr="6D51F3CB">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4672" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="254D48EA" w14:textId="37642B08" w:rsidR="00A067A8" w:rsidRDefault="6D51F3CB" w:rsidP="00A067A8">
             <w:r>
               <w:t>EK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4672" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="20F2EC69" w14:textId="18D399FD" w:rsidR="00A067A8" w:rsidRPr="00A067A8" w:rsidRDefault="6D51F3CB" w:rsidP="00A067A8">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>Geographie</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A067A8" w14:paraId="40D8EC9D" w14:textId="77777777" w:rsidTr="6D51F3CB">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4672" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DF65021" w14:textId="61EF2FEA" w:rsidR="00A067A8" w:rsidRDefault="6D51F3CB" w:rsidP="00A067A8">
             <w:r>
               <w:t>ER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4672" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D6CC546" w14:textId="2BDBFB53" w:rsidR="00A067A8" w:rsidRPr="00A067A8" w:rsidRDefault="6D51F3CB" w:rsidP="00A067A8">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Evangelische Religionslehre</w:t>
@@ -2156,67 +2380,67 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5541C674" w14:textId="77777777" w:rsidR="002318B8" w:rsidRDefault="002318B8">
       <w:pPr>
         <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002318B8" w:rsidSect="001123C8">
       <w:headerReference w:type="default" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1021" w:right="1276" w:bottom="1021" w:left="1276" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="36B13F8D" w14:textId="77777777" w:rsidR="007740EC" w:rsidRDefault="007740EC" w:rsidP="00BB1A16">
+    <w:p w14:paraId="2C9D9A4E" w14:textId="77777777" w:rsidR="007C4665" w:rsidRDefault="007C4665" w:rsidP="00BB1A16">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48DFCF3A" w14:textId="77777777" w:rsidR="007740EC" w:rsidRDefault="007740EC" w:rsidP="00BB1A16"/>
+    <w:p w14:paraId="35356639" w14:textId="77777777" w:rsidR="007C4665" w:rsidRDefault="007C4665" w:rsidP="00BB1A16"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0805D117" w14:textId="77777777" w:rsidR="007740EC" w:rsidRDefault="007740EC" w:rsidP="00BB1A16">
+    <w:p w14:paraId="697C133D" w14:textId="77777777" w:rsidR="007C4665" w:rsidRDefault="007C4665" w:rsidP="00BB1A16">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="623309C3" w14:textId="77777777" w:rsidR="007740EC" w:rsidRDefault="007740EC" w:rsidP="00BB1A16"/>
+    <w:p w14:paraId="57FB0511" w14:textId="77777777" w:rsidR="007C4665" w:rsidRDefault="007C4665" w:rsidP="00BB1A16"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3B788A58" w14:textId="77777777" w:rsidR="007740EC" w:rsidRDefault="007740EC">
+    <w:p w14:paraId="5D9C6314" w14:textId="77777777" w:rsidR="007C4665" w:rsidRDefault="007C4665">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2246,85 +2470,85 @@
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="488D8660" w14:textId="11BC037C" w:rsidR="00F7101C" w:rsidRPr="008610AB" w:rsidRDefault="00F7101C" w:rsidP="0029799A">
+  <w:p w14:paraId="488D8660" w14:textId="14B31C82" w:rsidR="00F7101C" w:rsidRPr="008610AB" w:rsidRDefault="00F7101C" w:rsidP="0029799A">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="2" w:color="5A8CAA"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="left" w:pos="6210"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="0029799A">
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="008610AB">
       <w:t xml:space="preserve">Stand: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="Veröffentlichungsdatum"/>
         <w:tag w:val=""/>
         <w:id w:val="795108845"/>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps' " w:xpath="/ns0:CoverPageProperties[1]/ns0:PublishDate[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
-        <w:date w:fullDate="2025-12-15T00:00:00Z">
+        <w:date w:fullDate="2026-02-11T00:00:00Z">
           <w:dateFormat w:val="d. MMMM yyyy"/>
           <w:lid w:val="de-DE"/>
           <w:storeMappedDataAs w:val="dateTime"/>
           <w:calendar w:val="gregorian"/>
         </w:date>
       </w:sdtPr>
       <w:sdtContent>
-        <w:r w:rsidR="007B425C">
-          <w:t>15. Dezember 2025</w:t>
+        <w:r w:rsidR="001C4BC6">
+          <w:t>11. Februar 2026</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="7868E8EA" w14:textId="7DD47B0A" w:rsidR="00F7101C" w:rsidRPr="00C03B33" w:rsidRDefault="00F7101C" w:rsidP="008610AB">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:rPr>
         <w:i w:val="0"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:t>Seminar für das Lehramt an Gymnasien und Gesamtschulen</w:t>
     </w:r>
     <w:r w:rsidRPr="008610AB">
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="6D51F3CB">
       <w:rPr>
         <w:i w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:r w:rsidRPr="6D51F3CB">
       <w:rPr>
@@ -2383,66 +2607,66 @@
         <w:i w:val="0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="007765F0">
       <w:rPr>
         <w:i w:val="0"/>
         <w:noProof/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="6D51F3CB">
       <w:rPr>
         <w:i w:val="0"/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="61E96625" w14:textId="77777777" w:rsidR="007740EC" w:rsidRDefault="007740EC" w:rsidP="00BB1A16">
+    <w:p w14:paraId="45A99104" w14:textId="77777777" w:rsidR="007C4665" w:rsidRDefault="007C4665" w:rsidP="00BB1A16">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="790543C9" w14:textId="77777777" w:rsidR="007740EC" w:rsidRDefault="007740EC" w:rsidP="00BB1A16">
+    <w:p w14:paraId="0064C19A" w14:textId="77777777" w:rsidR="007C4665" w:rsidRDefault="007C4665" w:rsidP="00BB1A16">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A067E2A" w14:textId="77777777" w:rsidR="007740EC" w:rsidRDefault="007740EC" w:rsidP="00BB1A16"/>
+    <w:p w14:paraId="3463E180" w14:textId="77777777" w:rsidR="007C4665" w:rsidRDefault="007C4665" w:rsidP="00BB1A16"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="44E12CE9" w14:textId="77777777" w:rsidR="007740EC" w:rsidRDefault="007740EC">
+    <w:p w14:paraId="73C08E51" w14:textId="77777777" w:rsidR="007C4665" w:rsidRDefault="007C4665">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5E69F024" w14:textId="0DA70463" w:rsidR="00F7101C" w:rsidRDefault="00F7101C" w:rsidP="007A1EE2">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="2" w:color="5A8CAA"/>
       </w:pBdr>
       <w:ind w:left="1560"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="536F0E72" wp14:editId="668A01A8">
@@ -4289,50 +4513,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="35EF5F2C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AD90DAF0"/>
+    <w:lvl w:ilvl="0" w:tplc="04070001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="360239EF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="72349D7E"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4401,51 +4738,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45232361"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D2409EC4"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4514,51 +4851,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B5C467C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8F3455C4"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4627,51 +4964,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E5F6262"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="15108008"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4740,51 +5077,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E764BD0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5188681E"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="AF92006E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Wingdings" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
@@ -4852,51 +5189,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56FA727F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2DEC2662"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4965,51 +5302,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58951325"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="689A477A"/>
     <w:lvl w:ilvl="0" w:tplc="0407000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
@@ -5054,51 +5391,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58EF1CF4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C74677E0"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5167,51 +5504,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D8511D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EE969F3A"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5280,51 +5617,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60AC68DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E1F6283A"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5393,51 +5730,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63533E3C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0DACBEDC"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5506,51 +5843,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67B90190"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="284A28DA"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5619,51 +5956,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6902371E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7196FBE0"/>
     <w:lvl w:ilvl="0" w:tplc="0407000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5705,51 +6042,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69872149"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="67545D6C"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5818,51 +6155,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77862924"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B64CFA4C"/>
     <w:lvl w:ilvl="0" w:tplc="C234DB92">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Listenabsatz"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5932,51 +6269,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7CE83500"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3DDEC52A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="berschrift1"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="berschrift2"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
@@ -6064,145 +6401,149 @@
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="berschrift9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1594699697">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1463766100">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="774708751">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1897349839">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1127091137">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1063215082">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="443159061">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1999115636">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="992564018">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1742632322">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="937057710">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="773744271">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1366562364">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1319073697">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="565065098">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="884368468">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1902252814">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="86196280">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1103569644">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="47726385">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1853690596">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1869485462">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1812361215">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1231574119">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1500777832">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="247472215">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1493719382">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="2071491744">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1391884796">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="14114629">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="816606650">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1820152426">
     <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="315769951">
+    <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="1559"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -6349,121 +6690,126 @@
     <w:rsid w:val="00177779"/>
     <w:rsid w:val="00180C91"/>
     <w:rsid w:val="0018111D"/>
     <w:rsid w:val="00184223"/>
     <w:rsid w:val="001867BC"/>
     <w:rsid w:val="001877D2"/>
     <w:rsid w:val="00187A5E"/>
     <w:rsid w:val="00191700"/>
     <w:rsid w:val="00191C8A"/>
     <w:rsid w:val="00192466"/>
     <w:rsid w:val="00192B80"/>
     <w:rsid w:val="00195C0E"/>
     <w:rsid w:val="001972B7"/>
     <w:rsid w:val="001976EB"/>
     <w:rsid w:val="001A13BA"/>
     <w:rsid w:val="001A17B2"/>
     <w:rsid w:val="001A4402"/>
     <w:rsid w:val="001A48E5"/>
     <w:rsid w:val="001A6132"/>
     <w:rsid w:val="001A6E42"/>
     <w:rsid w:val="001B48EA"/>
     <w:rsid w:val="001B71E7"/>
     <w:rsid w:val="001C12A9"/>
     <w:rsid w:val="001C2D88"/>
     <w:rsid w:val="001C491A"/>
+    <w:rsid w:val="001C4BC6"/>
     <w:rsid w:val="001C6C1E"/>
     <w:rsid w:val="001D0259"/>
+    <w:rsid w:val="001D0321"/>
     <w:rsid w:val="001D259C"/>
     <w:rsid w:val="001D4F41"/>
     <w:rsid w:val="001D5999"/>
     <w:rsid w:val="001D676D"/>
     <w:rsid w:val="001D6A41"/>
     <w:rsid w:val="001D6C4D"/>
     <w:rsid w:val="001E138C"/>
     <w:rsid w:val="001E1C36"/>
     <w:rsid w:val="001E1FD8"/>
     <w:rsid w:val="001E2A75"/>
     <w:rsid w:val="001E3AB3"/>
     <w:rsid w:val="001E522A"/>
     <w:rsid w:val="001E5512"/>
     <w:rsid w:val="001E6313"/>
     <w:rsid w:val="001F5F1C"/>
     <w:rsid w:val="001F62FA"/>
     <w:rsid w:val="001F68D5"/>
     <w:rsid w:val="001F6B76"/>
     <w:rsid w:val="001F6FDC"/>
     <w:rsid w:val="001F708F"/>
     <w:rsid w:val="001F74F7"/>
     <w:rsid w:val="002002A0"/>
     <w:rsid w:val="002049D2"/>
+    <w:rsid w:val="002056BF"/>
     <w:rsid w:val="00205E44"/>
     <w:rsid w:val="00206275"/>
     <w:rsid w:val="00207EB7"/>
     <w:rsid w:val="00211D22"/>
     <w:rsid w:val="002125E4"/>
     <w:rsid w:val="00213A50"/>
     <w:rsid w:val="00214614"/>
     <w:rsid w:val="00214618"/>
     <w:rsid w:val="002151AF"/>
     <w:rsid w:val="00220DAD"/>
     <w:rsid w:val="0022360F"/>
     <w:rsid w:val="002247C1"/>
     <w:rsid w:val="00226EE5"/>
     <w:rsid w:val="002301C7"/>
     <w:rsid w:val="002318B8"/>
     <w:rsid w:val="002331CF"/>
     <w:rsid w:val="00233C7A"/>
     <w:rsid w:val="0023510F"/>
     <w:rsid w:val="002379CF"/>
     <w:rsid w:val="002416E7"/>
     <w:rsid w:val="002418B6"/>
     <w:rsid w:val="00243041"/>
     <w:rsid w:val="002438E1"/>
     <w:rsid w:val="00243B9E"/>
     <w:rsid w:val="002447E8"/>
     <w:rsid w:val="00245A10"/>
     <w:rsid w:val="0024643C"/>
     <w:rsid w:val="00247041"/>
     <w:rsid w:val="002473AE"/>
     <w:rsid w:val="002476D2"/>
     <w:rsid w:val="0025215D"/>
     <w:rsid w:val="00254509"/>
+    <w:rsid w:val="00255DB1"/>
     <w:rsid w:val="00256FC2"/>
     <w:rsid w:val="002632D4"/>
     <w:rsid w:val="00264A84"/>
     <w:rsid w:val="00267365"/>
     <w:rsid w:val="002706D6"/>
     <w:rsid w:val="0027274C"/>
     <w:rsid w:val="002731C7"/>
     <w:rsid w:val="00273869"/>
     <w:rsid w:val="00275113"/>
     <w:rsid w:val="00276475"/>
     <w:rsid w:val="002803E7"/>
     <w:rsid w:val="00281987"/>
     <w:rsid w:val="0028286D"/>
     <w:rsid w:val="002904C8"/>
+    <w:rsid w:val="002911C1"/>
     <w:rsid w:val="00291739"/>
     <w:rsid w:val="00291CEB"/>
     <w:rsid w:val="00294BD0"/>
     <w:rsid w:val="0029799A"/>
     <w:rsid w:val="002A06E9"/>
     <w:rsid w:val="002A20D8"/>
     <w:rsid w:val="002A23DC"/>
     <w:rsid w:val="002A2766"/>
     <w:rsid w:val="002A3C5A"/>
     <w:rsid w:val="002A416D"/>
     <w:rsid w:val="002A6195"/>
     <w:rsid w:val="002A641B"/>
     <w:rsid w:val="002A6E3A"/>
     <w:rsid w:val="002B2C7C"/>
     <w:rsid w:val="002B4206"/>
     <w:rsid w:val="002B605D"/>
     <w:rsid w:val="002B6202"/>
     <w:rsid w:val="002B6C1D"/>
     <w:rsid w:val="002C0996"/>
     <w:rsid w:val="002C0B8E"/>
     <w:rsid w:val="002C1334"/>
     <w:rsid w:val="002C3625"/>
     <w:rsid w:val="002C47E4"/>
     <w:rsid w:val="002C7C9F"/>
     <w:rsid w:val="002D283C"/>
@@ -6480,152 +6826,158 @@
     <w:rsid w:val="002E7156"/>
     <w:rsid w:val="002F0841"/>
     <w:rsid w:val="002F36CD"/>
     <w:rsid w:val="002F40D9"/>
     <w:rsid w:val="002F57D0"/>
     <w:rsid w:val="002F6C72"/>
     <w:rsid w:val="00300C7C"/>
     <w:rsid w:val="00300E6E"/>
     <w:rsid w:val="00301395"/>
     <w:rsid w:val="003021C9"/>
     <w:rsid w:val="00302CD8"/>
     <w:rsid w:val="0030356C"/>
     <w:rsid w:val="0030531B"/>
     <w:rsid w:val="00305743"/>
     <w:rsid w:val="00307082"/>
     <w:rsid w:val="00307B40"/>
     <w:rsid w:val="00312B20"/>
     <w:rsid w:val="00314D59"/>
     <w:rsid w:val="00314EEA"/>
     <w:rsid w:val="003166FB"/>
     <w:rsid w:val="00316E65"/>
     <w:rsid w:val="0031706B"/>
     <w:rsid w:val="00320871"/>
     <w:rsid w:val="00321EB5"/>
     <w:rsid w:val="003220E3"/>
+    <w:rsid w:val="003232D3"/>
     <w:rsid w:val="00326D0E"/>
     <w:rsid w:val="00330478"/>
     <w:rsid w:val="00332F1B"/>
     <w:rsid w:val="003345FD"/>
     <w:rsid w:val="00334989"/>
     <w:rsid w:val="00337A48"/>
     <w:rsid w:val="0034141F"/>
     <w:rsid w:val="003444F4"/>
     <w:rsid w:val="00344AAC"/>
     <w:rsid w:val="00345DA7"/>
     <w:rsid w:val="0034683F"/>
     <w:rsid w:val="00346D35"/>
     <w:rsid w:val="00346F58"/>
     <w:rsid w:val="00347255"/>
     <w:rsid w:val="00347ACD"/>
     <w:rsid w:val="00347E63"/>
     <w:rsid w:val="00350020"/>
     <w:rsid w:val="00350E90"/>
     <w:rsid w:val="0035191B"/>
     <w:rsid w:val="00351E44"/>
     <w:rsid w:val="00353444"/>
     <w:rsid w:val="00354CB5"/>
     <w:rsid w:val="00355CA9"/>
     <w:rsid w:val="0035623F"/>
     <w:rsid w:val="00357447"/>
     <w:rsid w:val="00360225"/>
     <w:rsid w:val="003619E6"/>
     <w:rsid w:val="003650F5"/>
     <w:rsid w:val="0036607E"/>
     <w:rsid w:val="00366CC9"/>
+    <w:rsid w:val="00367396"/>
+    <w:rsid w:val="00370112"/>
     <w:rsid w:val="00373760"/>
     <w:rsid w:val="003769BF"/>
     <w:rsid w:val="003834A5"/>
     <w:rsid w:val="003838AC"/>
+    <w:rsid w:val="00383BE0"/>
     <w:rsid w:val="00384916"/>
     <w:rsid w:val="00385B56"/>
     <w:rsid w:val="00386812"/>
     <w:rsid w:val="00387AE6"/>
     <w:rsid w:val="00392295"/>
     <w:rsid w:val="003926B8"/>
     <w:rsid w:val="00392E5F"/>
     <w:rsid w:val="003957B9"/>
     <w:rsid w:val="00397AE3"/>
     <w:rsid w:val="003A1177"/>
     <w:rsid w:val="003A3606"/>
     <w:rsid w:val="003A376B"/>
     <w:rsid w:val="003B1A1E"/>
     <w:rsid w:val="003B383E"/>
     <w:rsid w:val="003B5C22"/>
     <w:rsid w:val="003B6659"/>
     <w:rsid w:val="003B6A57"/>
     <w:rsid w:val="003B7BD7"/>
     <w:rsid w:val="003C348B"/>
     <w:rsid w:val="003C52C2"/>
     <w:rsid w:val="003C7299"/>
     <w:rsid w:val="003C72E1"/>
     <w:rsid w:val="003D11B9"/>
     <w:rsid w:val="003D1A53"/>
     <w:rsid w:val="003D3F0A"/>
     <w:rsid w:val="003D4ADE"/>
     <w:rsid w:val="003D6B07"/>
     <w:rsid w:val="003D7CCD"/>
     <w:rsid w:val="003E17CC"/>
     <w:rsid w:val="003E1D20"/>
     <w:rsid w:val="003E21EC"/>
     <w:rsid w:val="003E5B43"/>
     <w:rsid w:val="003E5CA2"/>
     <w:rsid w:val="003E6132"/>
     <w:rsid w:val="003E6E81"/>
     <w:rsid w:val="003F2F25"/>
     <w:rsid w:val="003F30F7"/>
     <w:rsid w:val="003F350D"/>
     <w:rsid w:val="003F4A07"/>
     <w:rsid w:val="003F56F2"/>
     <w:rsid w:val="003F6F0D"/>
     <w:rsid w:val="004032C1"/>
     <w:rsid w:val="00404705"/>
     <w:rsid w:val="00405BF3"/>
     <w:rsid w:val="00406FF9"/>
     <w:rsid w:val="00413728"/>
     <w:rsid w:val="00421273"/>
+    <w:rsid w:val="00421596"/>
     <w:rsid w:val="0042299A"/>
     <w:rsid w:val="00423DC9"/>
     <w:rsid w:val="00424ADA"/>
     <w:rsid w:val="00424F45"/>
     <w:rsid w:val="00425DC7"/>
     <w:rsid w:val="00426161"/>
     <w:rsid w:val="00426C0C"/>
     <w:rsid w:val="00432B47"/>
     <w:rsid w:val="00432C7F"/>
     <w:rsid w:val="004336D0"/>
     <w:rsid w:val="0043499A"/>
     <w:rsid w:val="004355AE"/>
     <w:rsid w:val="0043770A"/>
     <w:rsid w:val="004416AE"/>
     <w:rsid w:val="00441AFC"/>
     <w:rsid w:val="00445176"/>
     <w:rsid w:val="004460D1"/>
     <w:rsid w:val="00446A1D"/>
     <w:rsid w:val="004472BC"/>
     <w:rsid w:val="00451BF7"/>
     <w:rsid w:val="00451FDC"/>
+    <w:rsid w:val="004579FF"/>
     <w:rsid w:val="00460664"/>
     <w:rsid w:val="00460D29"/>
     <w:rsid w:val="004611D2"/>
     <w:rsid w:val="0046306D"/>
     <w:rsid w:val="00465EC1"/>
     <w:rsid w:val="0046797D"/>
     <w:rsid w:val="00473C7B"/>
     <w:rsid w:val="00473CC2"/>
     <w:rsid w:val="004744DF"/>
     <w:rsid w:val="00474B40"/>
     <w:rsid w:val="00475761"/>
     <w:rsid w:val="0048057E"/>
     <w:rsid w:val="00482F24"/>
     <w:rsid w:val="0048504F"/>
     <w:rsid w:val="00485091"/>
     <w:rsid w:val="004901E9"/>
     <w:rsid w:val="004914C4"/>
     <w:rsid w:val="00493345"/>
     <w:rsid w:val="00496F62"/>
     <w:rsid w:val="00497742"/>
     <w:rsid w:val="004A12F7"/>
     <w:rsid w:val="004A1E79"/>
     <w:rsid w:val="004A3D5C"/>
     <w:rsid w:val="004A4748"/>
     <w:rsid w:val="004B091C"/>
@@ -6634,181 +6986,189 @@
     <w:rsid w:val="004B5078"/>
     <w:rsid w:val="004B6FF0"/>
     <w:rsid w:val="004B76AD"/>
     <w:rsid w:val="004B79FD"/>
     <w:rsid w:val="004C2124"/>
     <w:rsid w:val="004C22CA"/>
     <w:rsid w:val="004C262F"/>
     <w:rsid w:val="004C43BB"/>
     <w:rsid w:val="004C69EE"/>
     <w:rsid w:val="004D1D60"/>
     <w:rsid w:val="004D1E23"/>
     <w:rsid w:val="004D2DE2"/>
     <w:rsid w:val="004D40BC"/>
     <w:rsid w:val="004D41BD"/>
     <w:rsid w:val="004D4FCB"/>
     <w:rsid w:val="004D56E9"/>
     <w:rsid w:val="004E140F"/>
     <w:rsid w:val="004E1838"/>
     <w:rsid w:val="004E1F6F"/>
     <w:rsid w:val="004E3D44"/>
     <w:rsid w:val="004E583A"/>
     <w:rsid w:val="004E7E32"/>
     <w:rsid w:val="004F09DA"/>
     <w:rsid w:val="004F0A95"/>
     <w:rsid w:val="004F0CFD"/>
+    <w:rsid w:val="004F3802"/>
     <w:rsid w:val="004F5442"/>
     <w:rsid w:val="004F78A6"/>
     <w:rsid w:val="005002F8"/>
     <w:rsid w:val="005007CA"/>
     <w:rsid w:val="00501C39"/>
     <w:rsid w:val="00503F80"/>
     <w:rsid w:val="00506682"/>
     <w:rsid w:val="005067EE"/>
     <w:rsid w:val="00511966"/>
     <w:rsid w:val="0051213B"/>
     <w:rsid w:val="00512FFA"/>
     <w:rsid w:val="005149A7"/>
     <w:rsid w:val="00514AC6"/>
     <w:rsid w:val="005173BC"/>
     <w:rsid w:val="0051754F"/>
     <w:rsid w:val="00520D99"/>
     <w:rsid w:val="00521666"/>
     <w:rsid w:val="00522461"/>
     <w:rsid w:val="005234E8"/>
     <w:rsid w:val="00523B42"/>
+    <w:rsid w:val="00524E7E"/>
     <w:rsid w:val="00525023"/>
     <w:rsid w:val="00525471"/>
     <w:rsid w:val="0052684E"/>
     <w:rsid w:val="0052726D"/>
     <w:rsid w:val="00527725"/>
     <w:rsid w:val="0053255C"/>
     <w:rsid w:val="00536120"/>
     <w:rsid w:val="0053639E"/>
     <w:rsid w:val="0053725F"/>
     <w:rsid w:val="00540BCE"/>
     <w:rsid w:val="00541918"/>
+    <w:rsid w:val="00550640"/>
     <w:rsid w:val="0055358C"/>
     <w:rsid w:val="00553C01"/>
     <w:rsid w:val="0055566C"/>
     <w:rsid w:val="00556556"/>
     <w:rsid w:val="00557CDF"/>
     <w:rsid w:val="00560A44"/>
     <w:rsid w:val="00562AA4"/>
     <w:rsid w:val="0056726B"/>
     <w:rsid w:val="00572007"/>
     <w:rsid w:val="00575CF0"/>
     <w:rsid w:val="0057691F"/>
     <w:rsid w:val="00577AB6"/>
     <w:rsid w:val="00580E0A"/>
     <w:rsid w:val="00581848"/>
     <w:rsid w:val="00582E26"/>
     <w:rsid w:val="00584926"/>
     <w:rsid w:val="0058584E"/>
     <w:rsid w:val="00587881"/>
     <w:rsid w:val="00590314"/>
     <w:rsid w:val="00590A43"/>
     <w:rsid w:val="00592105"/>
     <w:rsid w:val="00592D37"/>
     <w:rsid w:val="00594C19"/>
     <w:rsid w:val="00594C7C"/>
     <w:rsid w:val="00596C80"/>
     <w:rsid w:val="005A076F"/>
     <w:rsid w:val="005A158D"/>
     <w:rsid w:val="005A2123"/>
     <w:rsid w:val="005A240E"/>
     <w:rsid w:val="005A2D02"/>
     <w:rsid w:val="005A449C"/>
     <w:rsid w:val="005A555D"/>
     <w:rsid w:val="005A5F00"/>
     <w:rsid w:val="005B2D4F"/>
     <w:rsid w:val="005B4595"/>
+    <w:rsid w:val="005B5BCE"/>
     <w:rsid w:val="005B62A0"/>
     <w:rsid w:val="005B6788"/>
     <w:rsid w:val="005B730D"/>
     <w:rsid w:val="005B79A1"/>
     <w:rsid w:val="005C1915"/>
     <w:rsid w:val="005C1E8C"/>
     <w:rsid w:val="005C46B0"/>
     <w:rsid w:val="005C4C47"/>
+    <w:rsid w:val="005C4FDB"/>
     <w:rsid w:val="005C75D5"/>
     <w:rsid w:val="005D0089"/>
     <w:rsid w:val="005D09C7"/>
     <w:rsid w:val="005D1D31"/>
     <w:rsid w:val="005D3969"/>
     <w:rsid w:val="005D7C5C"/>
     <w:rsid w:val="005E2EAB"/>
     <w:rsid w:val="005E43AD"/>
     <w:rsid w:val="005E4A0B"/>
     <w:rsid w:val="005E5268"/>
     <w:rsid w:val="005F25DE"/>
     <w:rsid w:val="005F273A"/>
     <w:rsid w:val="005F3CE6"/>
     <w:rsid w:val="005F596A"/>
     <w:rsid w:val="005F64E4"/>
     <w:rsid w:val="005F6C3E"/>
     <w:rsid w:val="005F743B"/>
     <w:rsid w:val="00600029"/>
     <w:rsid w:val="00603165"/>
     <w:rsid w:val="00604119"/>
     <w:rsid w:val="00605895"/>
     <w:rsid w:val="00605999"/>
     <w:rsid w:val="00605CA5"/>
     <w:rsid w:val="00605E9D"/>
     <w:rsid w:val="0060742F"/>
     <w:rsid w:val="00612EE7"/>
     <w:rsid w:val="006135CC"/>
     <w:rsid w:val="00614BD9"/>
     <w:rsid w:val="00614D3B"/>
     <w:rsid w:val="00616900"/>
     <w:rsid w:val="00620CC2"/>
     <w:rsid w:val="00621BC4"/>
     <w:rsid w:val="00621C1C"/>
     <w:rsid w:val="00624C44"/>
     <w:rsid w:val="00625246"/>
+    <w:rsid w:val="00625E32"/>
     <w:rsid w:val="00626604"/>
     <w:rsid w:val="00626729"/>
+    <w:rsid w:val="0062708A"/>
     <w:rsid w:val="00632D43"/>
     <w:rsid w:val="006330FB"/>
     <w:rsid w:val="0063322E"/>
     <w:rsid w:val="00633649"/>
     <w:rsid w:val="00634DCE"/>
     <w:rsid w:val="0064033C"/>
     <w:rsid w:val="00640D7A"/>
     <w:rsid w:val="00641D35"/>
     <w:rsid w:val="0064229E"/>
     <w:rsid w:val="00642D07"/>
     <w:rsid w:val="00643109"/>
     <w:rsid w:val="00643123"/>
     <w:rsid w:val="0064341C"/>
     <w:rsid w:val="0064378C"/>
     <w:rsid w:val="006441D1"/>
     <w:rsid w:val="0064421A"/>
     <w:rsid w:val="00644673"/>
     <w:rsid w:val="00644804"/>
     <w:rsid w:val="00650CFF"/>
     <w:rsid w:val="0065180C"/>
+    <w:rsid w:val="00651B7D"/>
     <w:rsid w:val="00651C81"/>
     <w:rsid w:val="00651C90"/>
     <w:rsid w:val="00653591"/>
     <w:rsid w:val="0065486E"/>
     <w:rsid w:val="00655187"/>
     <w:rsid w:val="00655B2D"/>
     <w:rsid w:val="00657068"/>
     <w:rsid w:val="00660035"/>
     <w:rsid w:val="00663B0D"/>
     <w:rsid w:val="00664AB6"/>
     <w:rsid w:val="00665437"/>
     <w:rsid w:val="00665A45"/>
     <w:rsid w:val="00667B0C"/>
     <w:rsid w:val="00673157"/>
     <w:rsid w:val="006747F3"/>
     <w:rsid w:val="00675FAF"/>
     <w:rsid w:val="00682CA3"/>
     <w:rsid w:val="00686D56"/>
     <w:rsid w:val="00687BEB"/>
     <w:rsid w:val="006A4833"/>
     <w:rsid w:val="006A6C4C"/>
     <w:rsid w:val="006A733B"/>
     <w:rsid w:val="006B01EA"/>
     <w:rsid w:val="006B0A05"/>
     <w:rsid w:val="006B12A4"/>
@@ -6828,117 +7188,121 @@
     <w:rsid w:val="006D4879"/>
     <w:rsid w:val="006D49BA"/>
     <w:rsid w:val="006D4C72"/>
     <w:rsid w:val="006D6635"/>
     <w:rsid w:val="006D67AE"/>
     <w:rsid w:val="006E2458"/>
     <w:rsid w:val="006E3E36"/>
     <w:rsid w:val="006E3F3F"/>
     <w:rsid w:val="006E4D0B"/>
     <w:rsid w:val="006E5DC0"/>
     <w:rsid w:val="006F0230"/>
     <w:rsid w:val="006F11F3"/>
     <w:rsid w:val="006F381A"/>
     <w:rsid w:val="006F5D52"/>
     <w:rsid w:val="006F625A"/>
     <w:rsid w:val="006F6E56"/>
     <w:rsid w:val="006F72F8"/>
     <w:rsid w:val="00701559"/>
     <w:rsid w:val="007029B7"/>
     <w:rsid w:val="00706D41"/>
     <w:rsid w:val="00710C4E"/>
     <w:rsid w:val="007120C1"/>
     <w:rsid w:val="00713662"/>
     <w:rsid w:val="00713B98"/>
     <w:rsid w:val="00714F9F"/>
+    <w:rsid w:val="00717074"/>
     <w:rsid w:val="00720490"/>
     <w:rsid w:val="007204FC"/>
     <w:rsid w:val="007206D6"/>
     <w:rsid w:val="00720C55"/>
     <w:rsid w:val="00721898"/>
     <w:rsid w:val="00722234"/>
     <w:rsid w:val="007227C5"/>
     <w:rsid w:val="00723AF9"/>
     <w:rsid w:val="00724C8F"/>
     <w:rsid w:val="00726EBD"/>
     <w:rsid w:val="007270D7"/>
     <w:rsid w:val="00731299"/>
     <w:rsid w:val="00732104"/>
     <w:rsid w:val="0073411C"/>
     <w:rsid w:val="00735DC7"/>
     <w:rsid w:val="00736E44"/>
     <w:rsid w:val="0073717A"/>
     <w:rsid w:val="007372E5"/>
     <w:rsid w:val="007404A6"/>
     <w:rsid w:val="00740EAE"/>
     <w:rsid w:val="00742E92"/>
     <w:rsid w:val="00746EB8"/>
     <w:rsid w:val="00753CEA"/>
     <w:rsid w:val="00755835"/>
     <w:rsid w:val="007567CA"/>
     <w:rsid w:val="0076046A"/>
     <w:rsid w:val="0076329F"/>
     <w:rsid w:val="00763A5C"/>
     <w:rsid w:val="00766866"/>
     <w:rsid w:val="00771E0A"/>
     <w:rsid w:val="00772284"/>
     <w:rsid w:val="00772C7F"/>
     <w:rsid w:val="00773230"/>
     <w:rsid w:val="007740EC"/>
     <w:rsid w:val="00774411"/>
     <w:rsid w:val="00775347"/>
     <w:rsid w:val="00775A63"/>
     <w:rsid w:val="007761C1"/>
     <w:rsid w:val="007765F0"/>
     <w:rsid w:val="007766BB"/>
     <w:rsid w:val="00780F1A"/>
     <w:rsid w:val="00781ADE"/>
+    <w:rsid w:val="00781DFF"/>
     <w:rsid w:val="0078240A"/>
     <w:rsid w:val="007827AA"/>
     <w:rsid w:val="007855D0"/>
     <w:rsid w:val="00787FE5"/>
     <w:rsid w:val="00790EC9"/>
     <w:rsid w:val="00793A35"/>
     <w:rsid w:val="00793E74"/>
     <w:rsid w:val="00796638"/>
     <w:rsid w:val="007A0046"/>
     <w:rsid w:val="007A0047"/>
     <w:rsid w:val="007A0878"/>
     <w:rsid w:val="007A18A0"/>
     <w:rsid w:val="007A1EE2"/>
     <w:rsid w:val="007A2BA5"/>
     <w:rsid w:val="007A3D0D"/>
     <w:rsid w:val="007A64C9"/>
     <w:rsid w:val="007B2445"/>
     <w:rsid w:val="007B2F3A"/>
     <w:rsid w:val="007B3E4E"/>
     <w:rsid w:val="007B425C"/>
     <w:rsid w:val="007B5033"/>
     <w:rsid w:val="007B5877"/>
     <w:rsid w:val="007B7DC2"/>
+    <w:rsid w:val="007C02CF"/>
     <w:rsid w:val="007C0F86"/>
     <w:rsid w:val="007C266C"/>
+    <w:rsid w:val="007C4665"/>
     <w:rsid w:val="007C4707"/>
     <w:rsid w:val="007C4A69"/>
     <w:rsid w:val="007C5306"/>
     <w:rsid w:val="007C5F0E"/>
     <w:rsid w:val="007C6121"/>
     <w:rsid w:val="007C736A"/>
     <w:rsid w:val="007D0AC7"/>
     <w:rsid w:val="007D30A7"/>
     <w:rsid w:val="007D35F1"/>
     <w:rsid w:val="007D39D2"/>
     <w:rsid w:val="007D6718"/>
     <w:rsid w:val="007E5503"/>
     <w:rsid w:val="007E5A78"/>
     <w:rsid w:val="007E5E95"/>
     <w:rsid w:val="007E6E6A"/>
     <w:rsid w:val="007E6F20"/>
     <w:rsid w:val="007F07AF"/>
     <w:rsid w:val="007F4BC9"/>
     <w:rsid w:val="008027DA"/>
     <w:rsid w:val="00802931"/>
     <w:rsid w:val="008029DD"/>
     <w:rsid w:val="00806710"/>
     <w:rsid w:val="00806A8D"/>
     <w:rsid w:val="00806E52"/>
     <w:rsid w:val="00806F4B"/>
@@ -7035,124 +7399,127 @@
     <w:rsid w:val="009122A8"/>
     <w:rsid w:val="00912D04"/>
     <w:rsid w:val="00912E75"/>
     <w:rsid w:val="009173F7"/>
     <w:rsid w:val="009213C3"/>
     <w:rsid w:val="00922364"/>
     <w:rsid w:val="009225B2"/>
     <w:rsid w:val="00926355"/>
     <w:rsid w:val="0092769D"/>
     <w:rsid w:val="009325EB"/>
     <w:rsid w:val="009362DA"/>
     <w:rsid w:val="00940245"/>
     <w:rsid w:val="00940423"/>
     <w:rsid w:val="009425FD"/>
     <w:rsid w:val="00942BF3"/>
     <w:rsid w:val="00943C3F"/>
     <w:rsid w:val="00944938"/>
     <w:rsid w:val="009456F8"/>
     <w:rsid w:val="00946122"/>
     <w:rsid w:val="00947FBC"/>
     <w:rsid w:val="00950C64"/>
     <w:rsid w:val="00952D3F"/>
     <w:rsid w:val="009538B1"/>
     <w:rsid w:val="009538F8"/>
     <w:rsid w:val="00957752"/>
+    <w:rsid w:val="009607E5"/>
     <w:rsid w:val="00961555"/>
     <w:rsid w:val="009617E4"/>
     <w:rsid w:val="0096281B"/>
     <w:rsid w:val="00962CC8"/>
     <w:rsid w:val="00966A0E"/>
     <w:rsid w:val="00967811"/>
     <w:rsid w:val="00970594"/>
     <w:rsid w:val="009709E8"/>
     <w:rsid w:val="009721E1"/>
     <w:rsid w:val="00972A72"/>
     <w:rsid w:val="00972A7C"/>
     <w:rsid w:val="009762D4"/>
     <w:rsid w:val="009776B9"/>
     <w:rsid w:val="0098084A"/>
     <w:rsid w:val="00982D38"/>
     <w:rsid w:val="0098378D"/>
     <w:rsid w:val="00986F96"/>
     <w:rsid w:val="009879BF"/>
     <w:rsid w:val="00993E5E"/>
     <w:rsid w:val="009A2199"/>
     <w:rsid w:val="009A22A6"/>
     <w:rsid w:val="009A2556"/>
     <w:rsid w:val="009A355C"/>
     <w:rsid w:val="009A4081"/>
     <w:rsid w:val="009A546B"/>
     <w:rsid w:val="009A5A4A"/>
     <w:rsid w:val="009A7010"/>
     <w:rsid w:val="009B30FD"/>
     <w:rsid w:val="009B467F"/>
     <w:rsid w:val="009B602E"/>
     <w:rsid w:val="009B7C84"/>
     <w:rsid w:val="009C58BC"/>
+    <w:rsid w:val="009C6F6D"/>
     <w:rsid w:val="009D02CD"/>
     <w:rsid w:val="009D22A1"/>
     <w:rsid w:val="009D2616"/>
     <w:rsid w:val="009D4C56"/>
     <w:rsid w:val="009D50D8"/>
     <w:rsid w:val="009E1D08"/>
     <w:rsid w:val="009E1F62"/>
     <w:rsid w:val="009E4BAB"/>
     <w:rsid w:val="009E700C"/>
     <w:rsid w:val="009F0143"/>
     <w:rsid w:val="009F2795"/>
     <w:rsid w:val="009F4F06"/>
     <w:rsid w:val="009F5097"/>
     <w:rsid w:val="009F50B2"/>
     <w:rsid w:val="009F59E0"/>
     <w:rsid w:val="009F5F95"/>
     <w:rsid w:val="009F63F0"/>
     <w:rsid w:val="009F745B"/>
     <w:rsid w:val="00A00739"/>
     <w:rsid w:val="00A011AA"/>
     <w:rsid w:val="00A019F1"/>
     <w:rsid w:val="00A022F1"/>
     <w:rsid w:val="00A02783"/>
     <w:rsid w:val="00A0437A"/>
     <w:rsid w:val="00A05A05"/>
     <w:rsid w:val="00A05D0E"/>
     <w:rsid w:val="00A067A8"/>
     <w:rsid w:val="00A076E7"/>
     <w:rsid w:val="00A07C78"/>
     <w:rsid w:val="00A11209"/>
     <w:rsid w:val="00A11313"/>
     <w:rsid w:val="00A1316C"/>
     <w:rsid w:val="00A14AA4"/>
     <w:rsid w:val="00A17A9D"/>
     <w:rsid w:val="00A17F6B"/>
     <w:rsid w:val="00A20723"/>
     <w:rsid w:val="00A20A80"/>
     <w:rsid w:val="00A20AB4"/>
     <w:rsid w:val="00A2241B"/>
     <w:rsid w:val="00A258DC"/>
     <w:rsid w:val="00A25934"/>
     <w:rsid w:val="00A25FD6"/>
+    <w:rsid w:val="00A30A18"/>
     <w:rsid w:val="00A30F3D"/>
     <w:rsid w:val="00A3324C"/>
     <w:rsid w:val="00A33A26"/>
     <w:rsid w:val="00A3507A"/>
     <w:rsid w:val="00A366E9"/>
     <w:rsid w:val="00A36D91"/>
     <w:rsid w:val="00A375AE"/>
     <w:rsid w:val="00A439D7"/>
     <w:rsid w:val="00A4475D"/>
     <w:rsid w:val="00A44B7C"/>
     <w:rsid w:val="00A4607F"/>
     <w:rsid w:val="00A501F8"/>
     <w:rsid w:val="00A506BE"/>
     <w:rsid w:val="00A53D36"/>
     <w:rsid w:val="00A55C70"/>
     <w:rsid w:val="00A5756D"/>
     <w:rsid w:val="00A57A82"/>
     <w:rsid w:val="00A57CC5"/>
     <w:rsid w:val="00A60C87"/>
     <w:rsid w:val="00A611DF"/>
     <w:rsid w:val="00A61A48"/>
     <w:rsid w:val="00A626E1"/>
     <w:rsid w:val="00A641B5"/>
     <w:rsid w:val="00A64B96"/>
     <w:rsid w:val="00A64C82"/>
@@ -7167,67 +7534,69 @@
     <w:rsid w:val="00A8039E"/>
     <w:rsid w:val="00A81B3A"/>
     <w:rsid w:val="00A82E80"/>
     <w:rsid w:val="00A83504"/>
     <w:rsid w:val="00A841BD"/>
     <w:rsid w:val="00A845BC"/>
     <w:rsid w:val="00A84D6F"/>
     <w:rsid w:val="00A863B9"/>
     <w:rsid w:val="00A867E0"/>
     <w:rsid w:val="00A8712D"/>
     <w:rsid w:val="00A87C7B"/>
     <w:rsid w:val="00A90B84"/>
     <w:rsid w:val="00A91722"/>
     <w:rsid w:val="00A93027"/>
     <w:rsid w:val="00A94B58"/>
     <w:rsid w:val="00AA1A3B"/>
     <w:rsid w:val="00AA29DB"/>
     <w:rsid w:val="00AA2E25"/>
     <w:rsid w:val="00AA3640"/>
     <w:rsid w:val="00AA5375"/>
     <w:rsid w:val="00AA6BA2"/>
     <w:rsid w:val="00AB290C"/>
     <w:rsid w:val="00AB33BB"/>
     <w:rsid w:val="00AB43FB"/>
     <w:rsid w:val="00AB4753"/>
+    <w:rsid w:val="00AB48EF"/>
     <w:rsid w:val="00AB6252"/>
     <w:rsid w:val="00AC1AAD"/>
     <w:rsid w:val="00AC38C8"/>
     <w:rsid w:val="00AC415C"/>
     <w:rsid w:val="00AC5E3F"/>
     <w:rsid w:val="00AC71B5"/>
     <w:rsid w:val="00AD11F0"/>
     <w:rsid w:val="00AD4ACE"/>
     <w:rsid w:val="00AD5CFD"/>
     <w:rsid w:val="00AD7146"/>
     <w:rsid w:val="00AE04CB"/>
     <w:rsid w:val="00AE1DD8"/>
     <w:rsid w:val="00AE2095"/>
     <w:rsid w:val="00AE46C0"/>
     <w:rsid w:val="00AE5428"/>
     <w:rsid w:val="00AE5F6E"/>
     <w:rsid w:val="00AE6E78"/>
+    <w:rsid w:val="00AE7AC6"/>
     <w:rsid w:val="00AE7F4B"/>
     <w:rsid w:val="00AF1463"/>
     <w:rsid w:val="00AF1C69"/>
     <w:rsid w:val="00AF303C"/>
     <w:rsid w:val="00AF4D27"/>
     <w:rsid w:val="00AF5690"/>
     <w:rsid w:val="00AF5B72"/>
     <w:rsid w:val="00B003B9"/>
     <w:rsid w:val="00B00B3F"/>
     <w:rsid w:val="00B0107B"/>
     <w:rsid w:val="00B02727"/>
     <w:rsid w:val="00B02D97"/>
     <w:rsid w:val="00B03134"/>
     <w:rsid w:val="00B04BEF"/>
     <w:rsid w:val="00B07B8E"/>
     <w:rsid w:val="00B10274"/>
     <w:rsid w:val="00B10ED7"/>
     <w:rsid w:val="00B13413"/>
     <w:rsid w:val="00B13655"/>
     <w:rsid w:val="00B142BB"/>
     <w:rsid w:val="00B145C3"/>
     <w:rsid w:val="00B1496A"/>
     <w:rsid w:val="00B14A88"/>
     <w:rsid w:val="00B14C87"/>
     <w:rsid w:val="00B15DB2"/>
@@ -7239,67 +7608,69 @@
     <w:rsid w:val="00B3001A"/>
     <w:rsid w:val="00B3133F"/>
     <w:rsid w:val="00B3361F"/>
     <w:rsid w:val="00B3477E"/>
     <w:rsid w:val="00B35D0D"/>
     <w:rsid w:val="00B36503"/>
     <w:rsid w:val="00B4125C"/>
     <w:rsid w:val="00B41D8C"/>
     <w:rsid w:val="00B42AFE"/>
     <w:rsid w:val="00B433C0"/>
     <w:rsid w:val="00B43807"/>
     <w:rsid w:val="00B44366"/>
     <w:rsid w:val="00B445C4"/>
     <w:rsid w:val="00B4567E"/>
     <w:rsid w:val="00B46315"/>
     <w:rsid w:val="00B46E36"/>
     <w:rsid w:val="00B5003F"/>
     <w:rsid w:val="00B50FCA"/>
     <w:rsid w:val="00B52FE9"/>
     <w:rsid w:val="00B54826"/>
     <w:rsid w:val="00B5564D"/>
     <w:rsid w:val="00B57302"/>
     <w:rsid w:val="00B57D95"/>
     <w:rsid w:val="00B623CF"/>
     <w:rsid w:val="00B7057A"/>
+    <w:rsid w:val="00B70A2C"/>
     <w:rsid w:val="00B70E17"/>
     <w:rsid w:val="00B7180B"/>
     <w:rsid w:val="00B7208C"/>
     <w:rsid w:val="00B77D16"/>
     <w:rsid w:val="00B809AC"/>
     <w:rsid w:val="00B80FB8"/>
     <w:rsid w:val="00B81491"/>
     <w:rsid w:val="00B83909"/>
     <w:rsid w:val="00B8483D"/>
     <w:rsid w:val="00B92597"/>
     <w:rsid w:val="00B92E76"/>
     <w:rsid w:val="00B942C9"/>
     <w:rsid w:val="00B9482E"/>
     <w:rsid w:val="00B95E78"/>
     <w:rsid w:val="00BA0ACD"/>
     <w:rsid w:val="00BA2FF1"/>
     <w:rsid w:val="00BA3113"/>
+    <w:rsid w:val="00BA31A2"/>
     <w:rsid w:val="00BA3464"/>
     <w:rsid w:val="00BA45D2"/>
     <w:rsid w:val="00BA5584"/>
     <w:rsid w:val="00BA5A34"/>
     <w:rsid w:val="00BA5BBD"/>
     <w:rsid w:val="00BA6CE8"/>
     <w:rsid w:val="00BA7586"/>
     <w:rsid w:val="00BB05F7"/>
     <w:rsid w:val="00BB1A16"/>
     <w:rsid w:val="00BB42CE"/>
     <w:rsid w:val="00BB4852"/>
     <w:rsid w:val="00BB50B1"/>
     <w:rsid w:val="00BB65F4"/>
     <w:rsid w:val="00BB6637"/>
     <w:rsid w:val="00BC04C6"/>
     <w:rsid w:val="00BD0FC0"/>
     <w:rsid w:val="00BD4F58"/>
     <w:rsid w:val="00BD530C"/>
     <w:rsid w:val="00BD536E"/>
     <w:rsid w:val="00BD5635"/>
     <w:rsid w:val="00BD569C"/>
     <w:rsid w:val="00BD61CD"/>
     <w:rsid w:val="00BD6CFD"/>
     <w:rsid w:val="00BD708A"/>
     <w:rsid w:val="00BD7651"/>
@@ -7330,104 +7701,107 @@
     <w:rsid w:val="00C169C6"/>
     <w:rsid w:val="00C1794B"/>
     <w:rsid w:val="00C22186"/>
     <w:rsid w:val="00C2340E"/>
     <w:rsid w:val="00C254B1"/>
     <w:rsid w:val="00C275F1"/>
     <w:rsid w:val="00C27D47"/>
     <w:rsid w:val="00C33004"/>
     <w:rsid w:val="00C3369B"/>
     <w:rsid w:val="00C339D8"/>
     <w:rsid w:val="00C33ADF"/>
     <w:rsid w:val="00C33C32"/>
     <w:rsid w:val="00C349E9"/>
     <w:rsid w:val="00C34D4E"/>
     <w:rsid w:val="00C35124"/>
     <w:rsid w:val="00C3599C"/>
     <w:rsid w:val="00C36DC1"/>
     <w:rsid w:val="00C37ACB"/>
     <w:rsid w:val="00C37E13"/>
     <w:rsid w:val="00C418A5"/>
     <w:rsid w:val="00C42D09"/>
     <w:rsid w:val="00C42EE3"/>
     <w:rsid w:val="00C42F10"/>
     <w:rsid w:val="00C439B3"/>
     <w:rsid w:val="00C4410D"/>
+    <w:rsid w:val="00C45A62"/>
     <w:rsid w:val="00C469B6"/>
     <w:rsid w:val="00C46D67"/>
     <w:rsid w:val="00C473BE"/>
     <w:rsid w:val="00C47CA2"/>
     <w:rsid w:val="00C526F4"/>
     <w:rsid w:val="00C52CEF"/>
     <w:rsid w:val="00C53368"/>
     <w:rsid w:val="00C53A43"/>
     <w:rsid w:val="00C53C2C"/>
     <w:rsid w:val="00C56640"/>
     <w:rsid w:val="00C56F48"/>
     <w:rsid w:val="00C61DB6"/>
     <w:rsid w:val="00C737F0"/>
     <w:rsid w:val="00C74E83"/>
     <w:rsid w:val="00C75174"/>
     <w:rsid w:val="00C77F40"/>
     <w:rsid w:val="00C83026"/>
     <w:rsid w:val="00C8354D"/>
     <w:rsid w:val="00C83EF0"/>
     <w:rsid w:val="00C840D8"/>
     <w:rsid w:val="00C85A09"/>
     <w:rsid w:val="00C8723F"/>
     <w:rsid w:val="00C90466"/>
     <w:rsid w:val="00C913A5"/>
     <w:rsid w:val="00C922D0"/>
     <w:rsid w:val="00C92D35"/>
     <w:rsid w:val="00C94D13"/>
     <w:rsid w:val="00C95958"/>
     <w:rsid w:val="00C95F52"/>
     <w:rsid w:val="00C96784"/>
     <w:rsid w:val="00CA439F"/>
     <w:rsid w:val="00CA6228"/>
     <w:rsid w:val="00CA63EA"/>
     <w:rsid w:val="00CA6A5A"/>
     <w:rsid w:val="00CB41B8"/>
     <w:rsid w:val="00CB7793"/>
     <w:rsid w:val="00CB7D41"/>
     <w:rsid w:val="00CC0A62"/>
     <w:rsid w:val="00CC2019"/>
     <w:rsid w:val="00CC2882"/>
     <w:rsid w:val="00CC39C8"/>
+    <w:rsid w:val="00CC3D5D"/>
     <w:rsid w:val="00CC5342"/>
     <w:rsid w:val="00CC5E12"/>
     <w:rsid w:val="00CD02AB"/>
     <w:rsid w:val="00CD0C8D"/>
     <w:rsid w:val="00CD114A"/>
     <w:rsid w:val="00CD1A95"/>
     <w:rsid w:val="00CD2826"/>
     <w:rsid w:val="00CD2BF4"/>
     <w:rsid w:val="00CD62D0"/>
     <w:rsid w:val="00CD65B2"/>
     <w:rsid w:val="00CD7B16"/>
     <w:rsid w:val="00CE0034"/>
     <w:rsid w:val="00CE5B92"/>
+    <w:rsid w:val="00CE5F9D"/>
     <w:rsid w:val="00CE7124"/>
     <w:rsid w:val="00CF109F"/>
     <w:rsid w:val="00CF26E7"/>
     <w:rsid w:val="00CF2E1D"/>
     <w:rsid w:val="00CF3BDB"/>
     <w:rsid w:val="00CF3E45"/>
     <w:rsid w:val="00CF4C65"/>
     <w:rsid w:val="00CF71EF"/>
     <w:rsid w:val="00D0040C"/>
     <w:rsid w:val="00D006A0"/>
     <w:rsid w:val="00D014BA"/>
     <w:rsid w:val="00D01F64"/>
     <w:rsid w:val="00D021D7"/>
     <w:rsid w:val="00D05FB8"/>
     <w:rsid w:val="00D0610F"/>
     <w:rsid w:val="00D078B8"/>
     <w:rsid w:val="00D10C99"/>
     <w:rsid w:val="00D13635"/>
     <w:rsid w:val="00D1476A"/>
     <w:rsid w:val="00D1573B"/>
     <w:rsid w:val="00D20C84"/>
     <w:rsid w:val="00D20DA0"/>
     <w:rsid w:val="00D265F8"/>
     <w:rsid w:val="00D268E6"/>
     <w:rsid w:val="00D26D79"/>
@@ -7483,50 +7857,51 @@
     <w:rsid w:val="00DB2C7D"/>
     <w:rsid w:val="00DB2FD9"/>
     <w:rsid w:val="00DB3CF1"/>
     <w:rsid w:val="00DB5A93"/>
     <w:rsid w:val="00DB73D9"/>
     <w:rsid w:val="00DC09ED"/>
     <w:rsid w:val="00DC2EB1"/>
     <w:rsid w:val="00DC7B6C"/>
     <w:rsid w:val="00DD06E5"/>
     <w:rsid w:val="00DD2E9C"/>
     <w:rsid w:val="00DD2EC5"/>
     <w:rsid w:val="00DD3712"/>
     <w:rsid w:val="00DD45A8"/>
     <w:rsid w:val="00DD55D1"/>
     <w:rsid w:val="00DD58B6"/>
     <w:rsid w:val="00DD63EE"/>
     <w:rsid w:val="00DD70E5"/>
     <w:rsid w:val="00DE06D9"/>
     <w:rsid w:val="00DE3912"/>
     <w:rsid w:val="00DE4BD4"/>
     <w:rsid w:val="00DE734D"/>
     <w:rsid w:val="00DF010F"/>
     <w:rsid w:val="00DF0666"/>
     <w:rsid w:val="00DF1399"/>
     <w:rsid w:val="00DF486A"/>
+    <w:rsid w:val="00DF78B6"/>
     <w:rsid w:val="00DF7C75"/>
     <w:rsid w:val="00E00B3B"/>
     <w:rsid w:val="00E0145F"/>
     <w:rsid w:val="00E021CB"/>
     <w:rsid w:val="00E0346F"/>
     <w:rsid w:val="00E03CB5"/>
     <w:rsid w:val="00E06EC8"/>
     <w:rsid w:val="00E071E3"/>
     <w:rsid w:val="00E105C9"/>
     <w:rsid w:val="00E117BB"/>
     <w:rsid w:val="00E11C13"/>
     <w:rsid w:val="00E11E03"/>
     <w:rsid w:val="00E1227B"/>
     <w:rsid w:val="00E12A37"/>
     <w:rsid w:val="00E12D73"/>
     <w:rsid w:val="00E13DC6"/>
     <w:rsid w:val="00E13FF7"/>
     <w:rsid w:val="00E15B80"/>
     <w:rsid w:val="00E1606D"/>
     <w:rsid w:val="00E20A05"/>
     <w:rsid w:val="00E21920"/>
     <w:rsid w:val="00E21BCC"/>
     <w:rsid w:val="00E24577"/>
     <w:rsid w:val="00E24AE6"/>
     <w:rsid w:val="00E24FBD"/>
@@ -7573,50 +7948,51 @@
     <w:rsid w:val="00E8745B"/>
     <w:rsid w:val="00E915D0"/>
     <w:rsid w:val="00E92DEB"/>
     <w:rsid w:val="00E93194"/>
     <w:rsid w:val="00E93FAA"/>
     <w:rsid w:val="00E96359"/>
     <w:rsid w:val="00EA10AF"/>
     <w:rsid w:val="00EA3B4D"/>
     <w:rsid w:val="00EA595F"/>
     <w:rsid w:val="00EA642C"/>
     <w:rsid w:val="00EA678F"/>
     <w:rsid w:val="00EA7463"/>
     <w:rsid w:val="00EB529A"/>
     <w:rsid w:val="00EB54AC"/>
     <w:rsid w:val="00EB70AB"/>
     <w:rsid w:val="00EB714C"/>
     <w:rsid w:val="00EC0D33"/>
     <w:rsid w:val="00EC20B0"/>
     <w:rsid w:val="00EC3620"/>
     <w:rsid w:val="00EC37AA"/>
     <w:rsid w:val="00EC40D1"/>
     <w:rsid w:val="00EC4F9E"/>
     <w:rsid w:val="00EC5F85"/>
     <w:rsid w:val="00EC67BA"/>
     <w:rsid w:val="00EC7617"/>
+    <w:rsid w:val="00ED4EA0"/>
     <w:rsid w:val="00ED5E33"/>
     <w:rsid w:val="00ED64F4"/>
     <w:rsid w:val="00ED7301"/>
     <w:rsid w:val="00ED7315"/>
     <w:rsid w:val="00EE1212"/>
     <w:rsid w:val="00EE168F"/>
     <w:rsid w:val="00EE1E1F"/>
     <w:rsid w:val="00EE59B7"/>
     <w:rsid w:val="00EE5C9A"/>
     <w:rsid w:val="00EE66F0"/>
     <w:rsid w:val="00EE7E0F"/>
     <w:rsid w:val="00EF4C5C"/>
     <w:rsid w:val="00EF5FC6"/>
     <w:rsid w:val="00EF73E8"/>
     <w:rsid w:val="00EF7C12"/>
     <w:rsid w:val="00F03591"/>
     <w:rsid w:val="00F03C92"/>
     <w:rsid w:val="00F106DD"/>
     <w:rsid w:val="00F130B1"/>
     <w:rsid w:val="00F14579"/>
     <w:rsid w:val="00F15286"/>
     <w:rsid w:val="00F154A8"/>
     <w:rsid w:val="00F15831"/>
     <w:rsid w:val="00F225DC"/>
     <w:rsid w:val="00F23D07"/>
@@ -7637,85 +8013,87 @@
     <w:rsid w:val="00F454D4"/>
     <w:rsid w:val="00F50415"/>
     <w:rsid w:val="00F504CE"/>
     <w:rsid w:val="00F50797"/>
     <w:rsid w:val="00F50CC1"/>
     <w:rsid w:val="00F5152F"/>
     <w:rsid w:val="00F51C52"/>
     <w:rsid w:val="00F53B92"/>
     <w:rsid w:val="00F53BD2"/>
     <w:rsid w:val="00F54DBE"/>
     <w:rsid w:val="00F5525C"/>
     <w:rsid w:val="00F5540F"/>
     <w:rsid w:val="00F57B5C"/>
     <w:rsid w:val="00F612E8"/>
     <w:rsid w:val="00F61A15"/>
     <w:rsid w:val="00F6391D"/>
     <w:rsid w:val="00F63EE2"/>
     <w:rsid w:val="00F6412B"/>
     <w:rsid w:val="00F6539B"/>
     <w:rsid w:val="00F666F6"/>
     <w:rsid w:val="00F67D78"/>
     <w:rsid w:val="00F7101C"/>
     <w:rsid w:val="00F724AD"/>
     <w:rsid w:val="00F72C22"/>
     <w:rsid w:val="00F73BD6"/>
+    <w:rsid w:val="00F73DB3"/>
     <w:rsid w:val="00F76B12"/>
     <w:rsid w:val="00F76B3C"/>
     <w:rsid w:val="00F77C6B"/>
     <w:rsid w:val="00F8047E"/>
     <w:rsid w:val="00F8148B"/>
     <w:rsid w:val="00F82486"/>
     <w:rsid w:val="00F834AA"/>
     <w:rsid w:val="00F84B5B"/>
     <w:rsid w:val="00F87F14"/>
     <w:rsid w:val="00F90CC2"/>
     <w:rsid w:val="00F90D3F"/>
     <w:rsid w:val="00F90F23"/>
     <w:rsid w:val="00F915FB"/>
     <w:rsid w:val="00F92722"/>
     <w:rsid w:val="00F92C0B"/>
     <w:rsid w:val="00F95AAE"/>
     <w:rsid w:val="00F95F9F"/>
     <w:rsid w:val="00FA05E8"/>
     <w:rsid w:val="00FA13ED"/>
     <w:rsid w:val="00FA2B79"/>
     <w:rsid w:val="00FA38D8"/>
     <w:rsid w:val="00FA4070"/>
     <w:rsid w:val="00FA6C3C"/>
     <w:rsid w:val="00FA7BBF"/>
     <w:rsid w:val="00FB1807"/>
     <w:rsid w:val="00FB791E"/>
     <w:rsid w:val="00FC02A3"/>
     <w:rsid w:val="00FC1930"/>
     <w:rsid w:val="00FC2ED1"/>
     <w:rsid w:val="00FC6008"/>
     <w:rsid w:val="00FC733C"/>
     <w:rsid w:val="00FC7581"/>
     <w:rsid w:val="00FC767D"/>
     <w:rsid w:val="00FC7875"/>
     <w:rsid w:val="00FD1671"/>
+    <w:rsid w:val="00FD2099"/>
     <w:rsid w:val="00FD2B45"/>
     <w:rsid w:val="00FD5473"/>
     <w:rsid w:val="00FD6697"/>
     <w:rsid w:val="00FD7680"/>
     <w:rsid w:val="00FD7F38"/>
     <w:rsid w:val="00FE0500"/>
     <w:rsid w:val="00FE1A41"/>
     <w:rsid w:val="00FE1BAB"/>
     <w:rsid w:val="00FE1FDA"/>
     <w:rsid w:val="00FE1FE5"/>
     <w:rsid w:val="00FE36F1"/>
     <w:rsid w:val="00FE378A"/>
     <w:rsid w:val="00FE440A"/>
     <w:rsid w:val="00FE55B8"/>
     <w:rsid w:val="00FE589F"/>
     <w:rsid w:val="00FE69E2"/>
     <w:rsid w:val="00FE7196"/>
     <w:rsid w:val="00FF02D8"/>
     <w:rsid w:val="00FF0CE2"/>
     <w:rsid w:val="00FF165E"/>
     <w:rsid w:val="00FF1C08"/>
     <w:rsid w:val="00FF2C27"/>
     <w:rsid w:val="00FF5FF2"/>
     <w:rsid w:val="00FF6368"/>
     <w:rsid w:val="00FF7163"/>
@@ -10157,163 +10535,179 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00634DCE"/>
     <w:rsid w:val="00006359"/>
+    <w:rsid w:val="0003102E"/>
     <w:rsid w:val="00032CFC"/>
     <w:rsid w:val="00073D26"/>
     <w:rsid w:val="0007643E"/>
     <w:rsid w:val="000A3B75"/>
     <w:rsid w:val="000C439C"/>
     <w:rsid w:val="000D0572"/>
     <w:rsid w:val="000F234F"/>
     <w:rsid w:val="001110DE"/>
     <w:rsid w:val="00116EFB"/>
+    <w:rsid w:val="00137C64"/>
+    <w:rsid w:val="0015123D"/>
     <w:rsid w:val="0015687B"/>
     <w:rsid w:val="00164ECE"/>
     <w:rsid w:val="001656FC"/>
+    <w:rsid w:val="00177385"/>
     <w:rsid w:val="001867BC"/>
     <w:rsid w:val="0019386A"/>
     <w:rsid w:val="001B6B7A"/>
     <w:rsid w:val="001D7F7F"/>
     <w:rsid w:val="00213A50"/>
     <w:rsid w:val="002151AF"/>
     <w:rsid w:val="002274E1"/>
     <w:rsid w:val="002447E8"/>
     <w:rsid w:val="002A6195"/>
     <w:rsid w:val="002D611C"/>
     <w:rsid w:val="002E2CCD"/>
     <w:rsid w:val="002F0841"/>
     <w:rsid w:val="00300C7C"/>
     <w:rsid w:val="00306192"/>
+    <w:rsid w:val="00351406"/>
     <w:rsid w:val="0035245F"/>
     <w:rsid w:val="00354CB5"/>
+    <w:rsid w:val="00370112"/>
+    <w:rsid w:val="00383BE0"/>
     <w:rsid w:val="00385B56"/>
     <w:rsid w:val="003957B9"/>
     <w:rsid w:val="003A03CD"/>
     <w:rsid w:val="003A232E"/>
     <w:rsid w:val="003C6E86"/>
     <w:rsid w:val="00413728"/>
     <w:rsid w:val="00424F45"/>
     <w:rsid w:val="004301A2"/>
     <w:rsid w:val="00432B47"/>
     <w:rsid w:val="004336D0"/>
     <w:rsid w:val="004914C4"/>
     <w:rsid w:val="004E1F6F"/>
     <w:rsid w:val="00506682"/>
     <w:rsid w:val="00523B42"/>
+    <w:rsid w:val="00550640"/>
     <w:rsid w:val="00553C01"/>
     <w:rsid w:val="00575BD8"/>
     <w:rsid w:val="005953A0"/>
     <w:rsid w:val="005A158D"/>
     <w:rsid w:val="005A2D02"/>
     <w:rsid w:val="005B78EB"/>
     <w:rsid w:val="005C156C"/>
+    <w:rsid w:val="005C4FDB"/>
     <w:rsid w:val="005E5268"/>
     <w:rsid w:val="005F27CD"/>
     <w:rsid w:val="005F3572"/>
     <w:rsid w:val="005F64E4"/>
     <w:rsid w:val="0061270A"/>
     <w:rsid w:val="00620FE5"/>
     <w:rsid w:val="00624E73"/>
     <w:rsid w:val="00634DCE"/>
     <w:rsid w:val="00667B0C"/>
     <w:rsid w:val="00673806"/>
     <w:rsid w:val="00694450"/>
     <w:rsid w:val="00694BA6"/>
     <w:rsid w:val="006C5FB8"/>
     <w:rsid w:val="00722234"/>
     <w:rsid w:val="0078240A"/>
     <w:rsid w:val="00787FE5"/>
+    <w:rsid w:val="007933FB"/>
     <w:rsid w:val="007976D5"/>
     <w:rsid w:val="007B4703"/>
+    <w:rsid w:val="007C02CF"/>
     <w:rsid w:val="007C2889"/>
     <w:rsid w:val="007D3F5E"/>
     <w:rsid w:val="007D60E3"/>
     <w:rsid w:val="00815499"/>
     <w:rsid w:val="00817B11"/>
+    <w:rsid w:val="00824EDE"/>
     <w:rsid w:val="008768BF"/>
     <w:rsid w:val="0089552B"/>
     <w:rsid w:val="00912306"/>
     <w:rsid w:val="009325EB"/>
     <w:rsid w:val="00940423"/>
     <w:rsid w:val="009617E4"/>
     <w:rsid w:val="009879BF"/>
     <w:rsid w:val="009B4682"/>
     <w:rsid w:val="009E700C"/>
     <w:rsid w:val="00A439D7"/>
     <w:rsid w:val="00A57455"/>
     <w:rsid w:val="00A623FB"/>
     <w:rsid w:val="00A73C73"/>
     <w:rsid w:val="00A845BC"/>
     <w:rsid w:val="00AA0F59"/>
+    <w:rsid w:val="00AB48EF"/>
+    <w:rsid w:val="00AE7AC6"/>
     <w:rsid w:val="00B40F78"/>
     <w:rsid w:val="00B67CDD"/>
     <w:rsid w:val="00B7180B"/>
     <w:rsid w:val="00B777D9"/>
     <w:rsid w:val="00B92E76"/>
     <w:rsid w:val="00BA0ACD"/>
     <w:rsid w:val="00C03047"/>
     <w:rsid w:val="00C038AF"/>
     <w:rsid w:val="00C444D7"/>
     <w:rsid w:val="00C526F4"/>
     <w:rsid w:val="00C53948"/>
     <w:rsid w:val="00C7328C"/>
     <w:rsid w:val="00C83030"/>
     <w:rsid w:val="00C9228F"/>
     <w:rsid w:val="00CA1DA3"/>
     <w:rsid w:val="00CA6028"/>
     <w:rsid w:val="00CB7D41"/>
     <w:rsid w:val="00CD2BF4"/>
     <w:rsid w:val="00CE21F3"/>
+    <w:rsid w:val="00CE5F9D"/>
     <w:rsid w:val="00CF5CEE"/>
     <w:rsid w:val="00D0040C"/>
     <w:rsid w:val="00D0637F"/>
     <w:rsid w:val="00D4468F"/>
     <w:rsid w:val="00D65DB2"/>
     <w:rsid w:val="00D83271"/>
     <w:rsid w:val="00D95C88"/>
+    <w:rsid w:val="00E41B61"/>
     <w:rsid w:val="00E51683"/>
     <w:rsid w:val="00E76420"/>
     <w:rsid w:val="00E973B3"/>
     <w:rsid w:val="00EB529A"/>
     <w:rsid w:val="00F00460"/>
     <w:rsid w:val="00F13662"/>
     <w:rsid w:val="00F168AA"/>
     <w:rsid w:val="00F24B27"/>
     <w:rsid w:val="00F26240"/>
     <w:rsid w:val="00F43D28"/>
     <w:rsid w:val="00F4459E"/>
     <w:rsid w:val="00F6380A"/>
     <w:rsid w:val="00F86C54"/>
     <w:rsid w:val="00FC7581"/>
     <w:rsid w:val="00FD1595"/>
     <w:rsid w:val="00FD7D0C"/>
     <w:rsid w:val="00FF5FF2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
@@ -11042,51 +11436,51 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
-  <PublishDate>2025-12-15T00:00:00</PublishDate>
+  <PublishDate>2026-02-11T00:00:00</PublishDate>
   <Abstract/>
   <CompanyAddress/>
   <CompanyPhone/>
   <CompanyFax/>
   <CompanyEmail/>
 </CoverPageProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010000DAC02D4E0AFA44BDB35130E0148DF9" ma:contentTypeVersion="6" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="07e3724f75d116c06cebb51e0ef02e9e">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0a1f010e-34df-4969-8893-e4d6200455e8" xmlns:ns3="e4acdb04-9bbf-43d9-8455-757accdc3a2a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="27eefca0be7f756515f9b4112713e0a1" ns2:_="" ns3:_="">
     <xsd:import namespace="0a1f010e-34df-4969-8893-e4d6200455e8"/>
     <xsd:import namespace="e4acdb04-9bbf-43d9-8455-757accdc3a2a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -11348,75 +11742,75 @@
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{330948D3-7FAE-4316-BF53-0BC794992B1D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F7EE4372-E8A8-40F2-85EA-BEE31E2B6A15}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>GyGe.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>575</Words>
-  <Characters>3353</Characters>
+  <Words>658</Words>
+  <Characters>3871</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>145</Lines>
-  <Paragraphs>119</Paragraphs>
+  <Lines>168</Lines>
+  <Paragraphs>133</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Praxissemester 02/2026: Termine der Begleitveranstaltungen</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Zentrum für schulpraktische Lehrerausbildung Rheine</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3809</CharactersWithSpaces>
+  <CharactersWithSpaces>4396</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Praxissemester 02/2026: Termine der Begleitveranstaltungen</dc:title>
   <dc:subject/>
   <dc:creator>Christian</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>50e4cd89-df6a-4c97-a75c-64a4c52b2314</vt:lpwstr>